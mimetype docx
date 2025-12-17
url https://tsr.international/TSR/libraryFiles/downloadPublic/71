--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -1,7891 +1,4766 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6E0EB34F" w14:textId="77777777" w:rsidR="00983E89" w:rsidRPr="00D630BF" w:rsidRDefault="00B80FE0" w:rsidP="007A2CFC">
+    <w:p w14:paraId="6E0EB34F" w14:textId="2F55FB75" w:rsidR="00983E89" w:rsidRPr="000E7B76" w:rsidRDefault="00A13A14" w:rsidP="007A2CFC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A724BD" w:rsidRPr="00D630BF">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4EF7" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
-        <w:t xml:space="preserve">raffic </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+        <w:t xml:space="preserve">rticle </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7B76">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A724BD" w:rsidRPr="00D630BF">
+        <w:t>template (</w:t>
+      </w:r>
+      <w:r w:rsidR="008747F3" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
-        <w:t xml:space="preserve">afety </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+        <w:t>formatting guidelines</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7B76">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
-        <w:t>R</w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="4501DB34" w14:textId="77777777" w:rsidR="00E114FF" w:rsidRPr="00D630BF" w:rsidRDefault="00095BF5" w:rsidP="00F96BD8">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4501DB34" w14:textId="7F20667F" w:rsidR="00E114FF" w:rsidRPr="000E7B76" w:rsidRDefault="00A13A14" w:rsidP="00F96BD8">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Author One</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00095BF5" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Author Two</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B17B31">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00C653D0" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA724A" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> https://orcid.org/0000-XXXX-XXXX-XXXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73433D51" w14:textId="7A238AAF" w:rsidR="00E94104" w:rsidRPr="000E7B76" w:rsidRDefault="00B746BC" w:rsidP="00F96BD8">
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00095BF5" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17B31" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t>1,2</w:t>
       </w:r>
-      <w:r w:rsidR="004A1AEF" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="004A1AEF" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00CA724A" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00CA724A" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00364853" w:rsidRPr="000E7B76">
+        <w:t>https://orcid.org/0000-XXXX-XXXX-XXXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E949F2F" w14:textId="0D36CD5B" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="00B746BC" w:rsidP="00364853">
+      <w:pPr>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00364853" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00364853" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00364853" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> https://orcid.org/0000-XXXX-XXXX-XXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75944E0C" w14:textId="77777777" w:rsidR="000317B2" w:rsidRPr="00D630BF" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="75944E0C" w14:textId="77777777" w:rsidR="000317B2" w:rsidRPr="000E7B76" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A724BD" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00A724BD" w:rsidRPr="000E7B76">
         <w:t>Institution</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>, Country</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55832BDA" w14:textId="77777777" w:rsidR="000317B2" w:rsidRPr="00D630BF" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="55832BDA" w14:textId="77777777" w:rsidR="000317B2" w:rsidRPr="000E7B76" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A724BD" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00A724BD" w:rsidRPr="000E7B76">
         <w:t>Institution</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>, Country</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24363006" w14:textId="77777777" w:rsidR="00421F68" w:rsidRPr="00D630BF" w:rsidRDefault="00421F68" w:rsidP="009B6EF2">
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="24363006" w14:textId="77777777" w:rsidR="00421F68" w:rsidRPr="000E7B76" w:rsidRDefault="00421F68" w:rsidP="009B6EF2">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> Corresponding author: </w:t>
       </w:r>
-      <w:r w:rsidR="002D5C86" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="002D5C86" w:rsidRPr="000E7B76">
         <w:t>email@email.com</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDD2A40" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="00D630BF" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
+    <w:p w14:paraId="4DDD2A40" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="000E7B76" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38AAAB72" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="00D630BF" w:rsidRDefault="00A724BD" w:rsidP="007A2CFC">
-[...9 lines deleted...]
-      <w:r w:rsidR="00EC1B9D" w:rsidRPr="00D630BF">
+    <w:p w14:paraId="38AAAB72" w14:textId="5F0B2AF6" w:rsidR="007A2CFC" w:rsidRPr="000E7B76" w:rsidRDefault="00A724BD" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Write abstract in one paragraph. Do not use text treatments (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>bold</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>italic</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>underlin</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7B76">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> Do not use references, images or formulas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> Be concise and stick to what is unique and most important. What is the (real) </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">traffic safety problem that motivated your work? What is the specific </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>research question you tr</w:t>
       </w:r>
-      <w:r w:rsidR="00EC1B9D" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
         <w:t>ied</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> to answer? What </w:t>
       </w:r>
-      <w:r w:rsidR="00B96158" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00B96158" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">data and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">method did you use? What </w:t>
       </w:r>
-      <w:r w:rsidR="00EC1B9D" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
         <w:t>are your most important findings and conclusions</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
-      <w:r w:rsidR="00EC1B9D" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
         <w:t>How</w:t>
       </w:r>
-      <w:r w:rsidR="00B96158" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00B96158" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> does your work add to already existing knowledge?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06801839" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="00D630BF" w:rsidRDefault="004A1AEF" w:rsidP="007A2CFC">
+    <w:p w14:paraId="06801839" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="000E7B76" w:rsidRDefault="004A1AEF" w:rsidP="007A2CFC">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Keywords</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2DF415" w14:textId="77777777" w:rsidR="00075D49" w:rsidRPr="00D630BF" w:rsidRDefault="000C08D2" w:rsidP="007A2CFC">
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="2CD879EE" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="000C08D2" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="00B30B19" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00B30B19" w:rsidRPr="000E7B76">
         <w:t>eyword_1</w:t>
       </w:r>
-      <w:r w:rsidR="004A1AEF" w:rsidRPr="00D630BF">
+    </w:p>
+    <w:p w14:paraId="6B5C2D17" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="00B30B19" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>keyword_2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F408E9" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="00B30B19" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>keyword_3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27994A6B" w14:textId="59305FB8" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="00C87FA0" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="00C87FA0">
+        <w:t>Place one keyword per line. Write keywords in lowercase (do not capitalize the first letter), except for terms that require capitalization, such as abbreviations and proper names</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04215" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F04215" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Vision Zero</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04215" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00B30B19" w:rsidRPr="00D630BF">
-[...9 lines deleted...]
-    <w:p w14:paraId="2CF9BE5E" w14:textId="77777777" w:rsidR="007E3655" w:rsidRPr="00D630BF" w:rsidRDefault="007E3655" w:rsidP="00075D49">
+      <w:r w:rsidR="00F04215" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Time-to-Collision (TTC)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04215" w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF9BE5E" w14:textId="77777777" w:rsidR="007E3655" w:rsidRPr="000E7B76" w:rsidRDefault="007E3655" w:rsidP="00075D49">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>General technical requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0408F5FE" w14:textId="77777777" w:rsidR="007E3655" w:rsidRPr="00D630BF" w:rsidRDefault="007E3655" w:rsidP="009B6EF2">
+    <w:p w14:paraId="4F08C794" w14:textId="1FED8F38" w:rsidR="00B746BC" w:rsidRPr="000E7B76" w:rsidRDefault="00B746BC" w:rsidP="00B746BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...98 lines deleted...]
-        <w:t>Word styles (</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Use Word styles (</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00784637" w:rsidRPr="00D630BF">
+        <w:r w:rsidRPr="000E7B76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00784637" w:rsidRPr="00D630BF">
-[...5 lines deleted...]
-      <w:r w:rsidR="000A7D3C" w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">) to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87FA0">
+        <w:t>structure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> the document (Normal, Heading 1, Heading 2, etc.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D1BC94" w14:textId="1E7FC706" w:rsidR="007E3655" w:rsidRPr="000E7B76" w:rsidRDefault="007E3655" w:rsidP="00583867">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Make sure to remove all comments and accept </w:t>
+      </w:r>
+      <w:r w:rsidR="009B6EF2" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>changes</w:t>
+      </w:r>
+      <w:r w:rsidR="007143BC" w:rsidRPr="000E7B76">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBDED3F" w14:textId="77777777" w:rsidR="00824498" w:rsidRPr="00D630BF" w:rsidRDefault="0021078C" w:rsidP="00075D49">
-[...28 lines deleted...]
-    <w:p w14:paraId="0BBCC453" w14:textId="77777777" w:rsidR="008203B2" w:rsidRPr="00D630BF" w:rsidRDefault="0019224A" w:rsidP="0021078C">
+    <w:p w14:paraId="173C7985" w14:textId="3A82B300" w:rsidR="007A2CFC" w:rsidRPr="000E7B76" w:rsidRDefault="007143BC" w:rsidP="00583867">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...85 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Submitting revisions, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>mark your changes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B2DC9" w:rsidRPr="00D630BF">
-[...28 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B2DC9" w:rsidRPr="00D630BF">
-[...140 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t>Word's t</w:t>
+      </w:r>
+      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">ext </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">ighlight tool </w:t>
+      </w:r>
+      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="00D630BF">
-[...16 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00B413F3" w:rsidRPr="00D630BF">
+        <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00596A03" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">. Do not add any comments—the detailed response to the reviewers should be </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87FA0">
+        <w:t>provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="00784637" w:rsidRPr="000E7B76">
+        <w:t>a separate document</w:t>
+      </w:r>
+      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CBB8DA" w14:textId="55DB999B" w:rsidR="00C87FA0" w:rsidRDefault="00583867" w:rsidP="00C87FA0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Submitting for production, make sure to remove text highlights</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87FA0">
+        <w:t>, too</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB9741C" w14:textId="77777777" w:rsidR="007B2DC9" w:rsidRPr="00D630BF" w:rsidRDefault="00B30B19" w:rsidP="00B30B19">
+    <w:p w14:paraId="001F8B6E" w14:textId="6E6A1892" w:rsidR="00583867" w:rsidRPr="000E7B76" w:rsidRDefault="00C87FA0" w:rsidP="00273F14">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Submit your manuscript as a Word document</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (.docx)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>, do not convert it to .pdf.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765FEF4C" w14:textId="77777777" w:rsidR="000E7B76" w:rsidRPr="000E7B76" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Titles and headings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="596C3E27" w14:textId="43872CDC" w:rsidR="000E7B76" w:rsidRPr="000E7B76" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Article title, section headings, and table and figure captions should use sentence case (capitalize only the first word and proper nouns).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28994EA3" w14:textId="3BA5A038" w:rsidR="000E7B76" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Do not </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87FA0">
+        <w:t>add</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> a full stop </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>( .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> ) at the end of headings </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87FA0">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">captions unless they </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87FA0">
+        <w:t xml:space="preserve">form </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>a complete sentence (contain</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> a subject and verb</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t>). S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>ee</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t xml:space="preserve"> the captions for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:instrText xml:space="preserve"> REF _Ref215939124 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90B2B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:instrText xml:space="preserve"> REF _Ref215939086 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90B2B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t xml:space="preserve"> as examples.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102CA315" w14:textId="76D5F9B1" w:rsidR="000C3F5B" w:rsidRPr="000E7B76" w:rsidRDefault="000C3F5B" w:rsidP="00B12AB9">
+      <w:r>
+        <w:t>Do not use more t</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1D4B">
+        <w:t>han</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> three levels of headings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBDED3F" w14:textId="3BE45A99" w:rsidR="00824498" w:rsidRPr="000E7B76" w:rsidRDefault="00EF2D71" w:rsidP="00075D49">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:lastRenderedPageBreak/>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:r w:rsidR="0021078C" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>matter treatments</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:t>bold</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>italic</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>underline</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72BF13C3" w14:textId="77777777" w:rsidR="003D1190" w:rsidRDefault="0021078C" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Generally, text treatments</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">should be applied sparsely. Untreated roman type </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">the standard </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1190">
+        <w:t>typeface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763DEA20" w14:textId="77777777" w:rsidR="003D1190" w:rsidRDefault="003D1190" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="003D1190">
+        <w:t>Bold and u</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="003D1190">
+        <w:t>nderlin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1190">
+        <w:t>e type</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="003D1190">
+        <w:t xml:space="preserve"> should be generally avoided.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Use italics to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>emphasize</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> parts of the text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFED965" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Numbers and dates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE6A9F8" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...36 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Number formatting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18FE1263" w14:textId="0A6AFBC4" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Make sure to use the selected number format (decimal sign, three-digit separation, etc.) consistently throughout the paper</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t>, including the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> numbers appearing in the text, formulas, tables, and graphs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66142832" w14:textId="1B540C5E" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Use words for quantities below ten and use digits for larger quantities (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>five participants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">, but </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>25 bicyclists</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">). Do not mix them, though: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>5 to 25 participants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">, not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:strike/>
+        </w:rPr>
+        <w:t>five to 25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E56E3E7" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Units of measure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5671D14F" w14:textId="1E493D5D" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Both abbreviated and fully written units of measure are separated by a </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t xml:space="preserve">(thin) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">non-breaking space: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>90</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>km/h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>a.m.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kilograms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>3 miles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>the structure weighs 63 tons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEE9DC3" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">The exceptions are per cent and degree symbols which are not spaced: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>25%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>33.5º</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3A579E" w14:textId="1980A66E" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="00C915E5" w:rsidP="001D0D70">
+      <w:r>
+        <w:t>Fully written</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> units become plural when the quantity is more than one (</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kilograms</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">, but </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>0.5</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>litre</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AAD55B3" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Currencies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750EA03E" w14:textId="4E3B1463" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">The currency symbols precede the numerals (no space): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>$25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>€70.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>$15</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>billion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55327AD1" w14:textId="7ED96384" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Three-letter currency</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">codes are separated with a </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190">
+        <w:t xml:space="preserve">(thin) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>non-breaking space:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>EUR</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>USD</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>billion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>SEK</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9E8D21" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Number ranges</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BDCB5A" w14:textId="3C26C341" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>( –</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>to link the range numbers</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> (no spaces)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>12–15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>95 000–110 000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>4.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>–5.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B9F4E5B" w14:textId="45494EB7" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>For ranges including negative number use words to avoid confusion:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>-7.56 to -6.15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7663E1" w14:textId="77777777" w:rsidR="00845FA8" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Units of measure are not repeated:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>5–6 kg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>1 000–2 500 litres</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D505398" w14:textId="4C253531" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Exceptions are per cent and degree signs: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>25%–30%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>12.5°–13.5°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA3AB22" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Dates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE92B0B" w14:textId="3AE288BA" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">The preferred date format </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>12 September 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2509DB" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">A named day is separated by a comma: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Friday, 30 September 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF7EDA0" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Do not use -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>st</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>,  -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>rd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>, -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>th</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> in conjunction with the figure (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:strike/>
+        </w:rPr>
+        <w:t>1st April 1980</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>). Avoid using all-figure forms as they could mean different things in different countries (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+        <w:t>7/5/12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B63EF84" w14:textId="21FB0A6A" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rule</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t>( –</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t>Three typ</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00596A03" w:rsidRPr="00D630BF">
-[...289 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">to indicate a date range: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>12–15 September 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>data collection during the winter period 2019–2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51820506" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Equations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0E7098" w14:textId="77610EC2" w:rsidR="00C915E5" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Use Word equation editor (</w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00EC1B9D" w:rsidRPr="00D630BF">
-[...88 lines deleted...]
-        <w:r w:rsidR="00E4001C" w:rsidRPr="00D630BF">
+        <w:r w:rsidRPr="000E7B76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...343 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>) to create equations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0407930C" w14:textId="0B6F9992" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="00911F83" w:rsidP="006F3460">
+      <w:r>
+        <w:t>Do not insert equations inside tables.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A0DAFF" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="000E7B76">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Non-breaking space: </w:t>
-[...2391 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
         <w:t>General recommendations are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F49C476" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="02FE45DA" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...9 lines deleted...]
-    <w:p w14:paraId="0C02B046" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Do not overload text with formulas; consider providing mathematical details in an appendix rather than the main text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FCA6E2B" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Provide explanation for each variable included in the formula.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3112E4" w14:textId="77777777" w:rsidR="00E70381" w:rsidRPr="00E70381" w:rsidRDefault="00C35EF4" w:rsidP="00E623DC">
+    <w:p w14:paraId="54ED9703" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="00FC6BCD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...44 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Number your equations; this is not necessary for equations written in-line with the text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200C0830" w14:textId="78EA7092" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Travel distance is calculated as:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A2DE13" w14:textId="3EA022CB" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="00C87FA0" w:rsidP="006F3460">
+      <w:pPr>
+        <w:pStyle w:val="Equation"/>
+      </w:pPr>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
-          <m:t>S=v∙t</m:t>
-[...59 lines deleted...]
-          <m:t>=</m:t>
+          <m:t>S=</m:t>
         </m:r>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                <w:color w:val="0070C0"/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                <w:color w:val="0070C0"/>
               </w:rPr>
               <m:t>v</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
-              <m:rPr>
-[...1 lines deleted...]
-              </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                <w:color w:val="0070C0"/>
               </w:rPr>
               <m:t>0</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
         <m:r>
-          <m:rPr>
-[...1 lines deleted...]
-          </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
-          <m:t>∙</m:t>
-[...16 lines deleted...]
-          <m:t>+</m:t>
+          <m:t>∙t+</m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                <w:color w:val="0070C0"/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                <w:color w:val="0070C0"/>
               </w:rPr>
-              <m:t>a</m:t>
-[...9 lines deleted...]
-              <m:t>∙</m:t>
+              <m:t>a∙</m:t>
             </m:r>
             <m:sSup>
               <m:sSupPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                    <w:color w:val="0070C0"/>
+                    <w:i/>
+                    <w:iCs/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSupPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                    <w:color w:val="0070C0"/>
                   </w:rPr>
                   <m:t>t</m:t>
                 </m:r>
               </m:e>
               <m:sup>
                 <m:r>
-                  <m:rPr>
-[...1 lines deleted...]
-                  </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                    <w:color w:val="0070C0"/>
                   </w:rPr>
                   <m:t>2</m:t>
                 </m:r>
               </m:sup>
             </m:sSup>
           </m:num>
           <m:den>
             <m:r>
-              <m:rPr>
-[...1 lines deleted...]
-              </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                <w:color w:val="0070C0"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
         <w:tab/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
         <w:instrText xml:space="preserve"> SEQ Equation \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B31E6A">
+      <w:r w:rsidR="00E90B2B">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25518A37" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6B2E4110" w14:textId="65F2410B" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">where </w:t>
       </w:r>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
-                <w:color w:val="0070C0"/>
+                <w:iCs/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                <w:color w:val="0070C0"/>
               </w:rPr>
               <m:t>v</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
-                <w:color w:val="0070C0"/>
               </w:rPr>
               <m:t>0</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
       </m:oMath>
-      <w:r w:rsidRPr="00D630BF">
-[...1 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...15 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">is the initial speed, m/s; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87FA0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...21 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> is the time elapsed, s; and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C87FA0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> is the acceleration, m/s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...1 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4430321A" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="6882EB8F" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Ref115426676"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Tables</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+    </w:p>
+    <w:p w14:paraId="0193CAC2" w14:textId="56942635" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Use Word table tool (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="000E7B76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>) to create tables.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BB6204" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="1DD626FB" w14:textId="1508C601" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Place tables in the manuscript directly after the paragraph in which it is first mentioned (see</w:t>
+      </w:r>
+      <w:r w:rsidR="00926132">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00926132">
+        <w:instrText xml:space="preserve"> REF _Ref215939124 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B31E6A" w:rsidRPr="00B31E6A">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90B2B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>). Make sure that all tables are referenced in the text.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AC27D2" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="542B26A3" w14:textId="77777777" w:rsidR="00BF04B1" w:rsidRPr="000E7B76" w:rsidRDefault="00BF04B1" w:rsidP="006F3460"/>
+    <w:p w14:paraId="3BA22EFF" w14:textId="66E623E2" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Ref215939124"/>
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B31E6A">
+      <w:r w:rsidR="00E90B2B">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Example table title (keep it short)</w:t>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> Example table title (keep it short</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF04B1" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">, move long </w:t>
+      </w:r>
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+        <w:t>explanations</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF04B1" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> to table notes instead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="1815"/>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="1815"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D630BF" w:rsidRPr="00D630BF" w14:paraId="4A15FB3F" w14:textId="77777777" w:rsidTr="00076FC2">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="755114C3" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="57F1BA60" w14:textId="775C203C" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>Column header</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F87CCD7" w14:textId="300DAE4F" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>Column header</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3629" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="33BB9E5E" w14:textId="4CFAA7F8" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>Column header</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB747FA" w14:textId="2F3B406B" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>Column header</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="289F3A04" w14:textId="77777777" w:rsidTr="004F49D7">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5B805A23" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="68F02388" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-              <w:t>Column 1</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9012EA" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3532742C" w14:textId="7D3C89C6" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>Sub-header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="660EC90E" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="6B9F9BAA" w14:textId="4BA055D4" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-              <w:t>Column 2</w:t>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>Sub-header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6043FDD8" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="6523C73C" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...56 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D630BF" w:rsidRPr="00D630BF" w14:paraId="794914D3" w14:textId="77777777" w:rsidTr="00076FC2">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="63D1AC47" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48548856" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="42967FF7" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>Row header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DFF2D05" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="22B7FBC7" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>Type A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="716F1A97" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="0742BAFE" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D630BF">
+            <w:r w:rsidRPr="000E7B76">
               <w:rPr>
-                <w:color w:val="0070C0"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E5C03C6" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="260C5082" w14:textId="09D90BB6" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>11 212</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>†</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B099294" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="4179417A" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>45.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D630BF" w:rsidRPr="00D630BF" w14:paraId="3EE7CE65" w14:textId="77777777" w:rsidTr="00076FC2">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="001D0D01" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="03B0D36C" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="7B9939D9" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="404D2654" w14:textId="0EB02C4D" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>Type B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC43EF4" w14:textId="64D81263" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>n/a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05AFF9B3" w14:textId="14EEC5CE" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>5 137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0B0073" w14:textId="47CE9B9A" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>11.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="1C12966C" w14:textId="77777777" w:rsidTr="004F49D7">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCAFA27" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>Row header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31AB97F3" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="6EEBAC9E" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>Type B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF10438" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="624A0C60" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3BA200" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="4DC9BD21" w14:textId="7D5A363A" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>56 733</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC2A2AE" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="4F69774D" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>32.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D630BF" w:rsidRPr="00D630BF" w14:paraId="05E297A8" w14:textId="77777777" w:rsidTr="00076FC2">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="73A97942" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE5C2B8" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="102171B9" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>Row header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="526BF85D" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="6E147A6E" w14:textId="178B6127" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>Type A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A9BEF4" w14:textId="33914993" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="650F6D2E" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>877</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDC760C" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>35.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="1DB6E062" w14:textId="77777777" w:rsidTr="004F49D7">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="43AB448F" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C720A8D" w14:textId="7ED37085" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>Type C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1323FABA" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="5E0B8C93" w14:textId="3D469B4E" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...10 lines deleted...]
-              <w:t>‡</w:t>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66567D78" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="7C1CDCEF" w14:textId="50727DDA" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-              <w:t>877</w:t>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>31 255</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F1864E0" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="7A54AE7D" w14:textId="66A2E928" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="00BF04B1" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="004F49D7" w:rsidRPr="000E7B76">
+              <w:t>.15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7B76">
               <w:rPr>
-                <w:color w:val="0070C0"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>35.8</w:t>
+              <w:t>†</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D630BF" w:rsidRPr="00D630BF" w14:paraId="4B1DF2EF" w14:textId="77777777" w:rsidTr="00076FC2">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="5373D910" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1814" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="60E0B6EF" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="096B9BE2" w14:textId="65B0C003" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:rPr>
                 <w:smallCaps/>
-                <w:color w:val="0070C0"/>
-[...5 lines deleted...]
-                <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0047EAFF" w14:textId="48C320EF" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27D6E3CA" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="620EED76" w14:textId="604AAAB9" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D630BF">
-[...10 lines deleted...]
-              <w:t>§</w:t>
+            <w:r w:rsidRPr="000E7B76">
+              <w:t>105 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79ED849C" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00076FC2">
+          <w:p w14:paraId="71B8A3E1" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
-              <w:pStyle w:val="TableData"/>
+              <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-          </w:p>
-[...42 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000E7B76">
               <w:t>113.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56FD988F" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="1E5B0B10" w14:textId="3A3ADE5F" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="00C915E5" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Tablenotes"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="59D288B4" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      </w:pPr>
+      <w:r>
+        <w:t>Here is a</w:t>
+      </w:r>
+      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> general note related to the entire table.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C42CE5" w14:textId="50C6891A" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Tablenotes"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="0070C0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...6 lines deleted...]
-    <w:p w14:paraId="7CD34AA9" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C915E5">
+        <w:t>Here is a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> note related to a specific value/cell in the table. Mark specific notes with a system of indices different from that used in the main text (e.g. *, †, ‡, §, #, **, ††, ‡‡, §§, ##, ***, †††, etc.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEBD944" w14:textId="6DE53810" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Tablenotes"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="0070C0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>†</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...90 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF04B1" w:rsidRPr="000E7B76">
+        <w:t>Omitting leading zero (.15 instead of 0.15) for numbers between 0 and 1 is permitted but not recommended. Same approach should be used consistently in all tables.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAE6AEA" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="006F3460"/>
+    <w:p w14:paraId="18394397" w14:textId="134B5952" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>General formatting requirements are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E9B4E0" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="67E2A8C8" w14:textId="7288B513" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-    <w:p w14:paraId="0BCCF55B" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Do not </w:t>
+      </w:r>
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+        <w:t>created</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> single-columned tables.</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> Consider making</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> a list</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> instead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D71F1F2" w14:textId="5C5B11A1" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Avoid using shading and border lines, except for separating the header and the bottom of the table (see</w:t>
+      </w:r>
+      <w:r w:rsidR="00926132">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00926132">
+        <w:instrText xml:space="preserve"> REF _Ref215939124 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B31E6A" w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="00B31E6A">
+      <w:r w:rsidR="00E90B2B">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50ED60D3" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="21992324" w14:textId="0B73B526" w:rsidR="009A5B6D" w:rsidRPr="000E7B76" w:rsidRDefault="009A5B6D" w:rsidP="009A5B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-    <w:p w14:paraId="3DA86468" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">In case individual cells contain colour coding, images or equations, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C915E5">
+        <w:t>convert the table to a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> figure instead.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36615571" w14:textId="12ABB2B3" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-    <w:p w14:paraId="0020B6E3" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Centre-align all column headers, except for the first column header which is </w:t>
+      </w:r>
+      <w:r w:rsidR="00C915E5">
+        <w:t xml:space="preserve">always </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>left-aligned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F17A76B" w14:textId="1235652F" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Left-align table data: (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>) contents of the first column; (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ii</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>) columns containing long text</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0214D26C" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597E85C4" w14:textId="25777CAA" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Centre-align</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>table data: columns containing short text</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="73D9364D" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DE9E7F" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Right-align table data: columns with numerical data. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F05119B" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="2873565D" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:lastRenderedPageBreak/>
         <w:t>For numerical data, use the same number of decimal points within the same column.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30816C02" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="34F31A7D" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-    <w:p w14:paraId="70195693" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Tables with multiple sections must have the same number of columns across all sections. If that is not possible, divide the table into multiple tables.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4C0E97" w14:textId="5FF34AF3" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-        <w:t xml:space="preserve">Do not put full stop </w:t>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Avoid making table structure overly complex through excessive usage of merged cells. Values that do not belong to any </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D630BF">
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>particular column</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D630BF">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> (AIC, BIC, R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>, etc.) are better fit in the table footnotes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55840FBB" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
-[...11 lines deleted...]
-    <w:p w14:paraId="465C56D2" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="27950769" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7B809E" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="7A8D32FF" w14:textId="099D5891" w:rsidR="00EF2D71" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Always import a figure as </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> single image (.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>png</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D630BF">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> or .jpg). Editable objects such as Excel charts, textboxes, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+        <w:t>shapes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>, etc. must be exported as an image and then imported again.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> Ensure that .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+        <w:t>png</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> images do not contain any transparent colours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E36C1D" w14:textId="48D8A523" w:rsidR="006F3460" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Place the figure in the manuscript directly after the paragraph in which it </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> first mentioned. Make sure that all figures are referred to in the text (see</w:t>
+      </w:r>
+      <w:r w:rsidR="00926132">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00926132">
+        <w:instrText xml:space="preserve"> REF _Ref215939086 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B31E6A" w:rsidRPr="00B31E6A">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90B2B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F0746C" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="098FB231" w14:textId="77777777" w:rsidR="006F1AE6" w:rsidRPr="000E7B76" w:rsidRDefault="006F1AE6" w:rsidP="006F3460"/>
+    <w:p w14:paraId="46B74816" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="00EF2D71">
       <w:pPr>
         <w:pStyle w:val="Figure"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3801741E" wp14:editId="2AD06A4F">
-[...2 lines deleted...]
-            <wp:docPr id="470409286" name="Picture 7"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1ADCF462" wp14:editId="24692631">
+            <wp:extent cx="5760000" cy="2023200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1770006746" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId26">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="3638" t="2283" r="4962" b="2805"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5279352" cy="1854373"/>
+                      <a:ext cx="5760000" cy="2023200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68AEFA45" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="00554CA3" w14:textId="43482054" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Ref215939086"/>
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:instrText xml:space="preserve"> SEQ Figure \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B31E6A">
+      <w:r w:rsidR="00E90B2B">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> Example figure title (keep it short): (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
-          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:t>) first figure panel; (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
-          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
         <w:t>) second figure panel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC41B42" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="30DDF71E" w14:textId="77777777" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F3460">
       <w:pPr>
         <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-    <w:p w14:paraId="4D5685EC" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    </w:p>
+    <w:p w14:paraId="6369B81E" w14:textId="58FB0439" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">General </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1AE6">
+        <w:t xml:space="preserve">figure </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>formatting requirements are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C94BDC" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Make sure the text size is readable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5C8B80" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="6A7033E6" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Select colours that will work well in black-and-white print.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78605C07" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="6D83FDDB" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Use </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> signal colour if necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B77108" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="7BAEABB2" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Avoid clutter, such as 3D-effects, diagram area borders, gridlines, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F77F661" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+    <w:p w14:paraId="7B1AFA8E" w14:textId="2F7966EA" w:rsidR="00B746BC" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>Keep text orientation horizontal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4833C31A" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="00D630BF" w:rsidRDefault="00C35EF4" w:rsidP="00392603">
+    <w:p w14:paraId="258C26E8" w14:textId="21D76FA4" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Compulsory sections</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE95F07" w14:textId="4F82682B" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:r>
+        <w:t>The manuscript must contain the following sections:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A685DBC" w14:textId="5063D18C" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="04D08A73" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+      </w:pPr>
+      <w:r>
+        <w:t>About authors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E0F19A" w14:textId="7D774BAA" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>CRediT contribution statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A187E6" w14:textId="28EF4002" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Declaration of competing interests</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE74C10" w14:textId="21B49CC7" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Declaration of generative AI use in writing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075DBC8F" w14:textId="14E148DA" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ethics statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32177D03" w14:textId="3115300E" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Funding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548BF9B6" w14:textId="19C70547" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:r>
+        <w:t>Additionally, the manuscript may contain the sections:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F7B0E8" w14:textId="42CC1836" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Acknowledgements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714A7C6F" w14:textId="128880EF" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Data availability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D08A73" w14:textId="68B3A910" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>About the authors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="600C94C8" w14:textId="77777777" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:r w:rsidRPr="006F1AE6">
         <w:t xml:space="preserve">The manuscript </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="006F1AE6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="006F1AE6">
+        <w:t xml:space="preserve"> include a photo and a short professional biography (5–8 lines) for each of the authors. If in doubts about what to write, check the articles already published in the TSR for examples.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A901678" w14:textId="7FA7B661" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="006F1AE6">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="188B1026" wp14:editId="29F7452B">
-            <wp:extent cx="900000" cy="900000"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="188B1026" wp14:editId="4A05AFB6">
+            <wp:extent cx="1260000" cy="1260000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Picture 4" descr="A picture containing text, ax&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4" descr="A picture containing text, ax&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27"/>
+                    <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="900000" cy="900000"/>
+                      <a:ext cx="1260000" cy="1260000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BAB2FE" w14:textId="77777777" w:rsidR="00B8521B" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="24BAB2FE" w14:textId="28A7C05E" w:rsidR="00B8521B" w:rsidRPr="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:r w:rsidRPr="006F1AE6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...8 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>Name Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+        <w:t xml:space="preserve"> received her PhD at the University of Sciences. Her research interests cover traffic safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8521B" w:rsidRPr="006F1AE6">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+        <w:t>urban planning</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8521B" w:rsidRPr="006F1AE6">
+        <w:t>, and, recently, decision making and policy implementation within large state organizations</w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8521B" w:rsidRPr="006F1AE6">
+        <w:t xml:space="preserve"> Since 2019, s</w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8521B" w:rsidRPr="006F1AE6">
+        <w:t>acts as</w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+        <w:t xml:space="preserve"> the head of the Virtual Reality lab</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8521B" w:rsidRPr="006F1AE6">
+        <w:t xml:space="preserve"> at University of Sciences</w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297172FF" w14:textId="468B8E0B" w:rsidR="009B2946" w:rsidRPr="000E7B76" w:rsidRDefault="009B2946" w:rsidP="009B2946">
+      <w:pPr>
+        <w:pStyle w:val="HeadingNoNumber"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Acknowledgement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00556760" w14:textId="72E8049B" w:rsidR="00B17BD0" w:rsidRPr="000E7B76" w:rsidRDefault="00B17BD0" w:rsidP="00B17BD0">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">If the current research derives from earlier works (e.g. preprints, conference presentations, reports or academic theses), </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1AE6">
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...74 lines deleted...]
-    <w:p w14:paraId="297172FF" w14:textId="77777777" w:rsidR="009B2946" w:rsidRPr="00D630BF" w:rsidRDefault="009B2946" w:rsidP="009B2946">
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1AE6">
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>clearly state</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1AE6">
+        <w:t>d here.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="676B6CF8" w14:textId="77777777" w:rsidR="009B2946" w:rsidRPr="000E7B76" w:rsidRDefault="00B17BD0" w:rsidP="00B17BD0">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Contributors not included in the list of the authors may be mentioned here, too.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F404E8C" w14:textId="77777777" w:rsidR="009B2946" w:rsidRPr="006F1AE6" w:rsidRDefault="00240F95" w:rsidP="009B2946">
+      <w:r w:rsidRPr="006F1AE6">
+        <w:t xml:space="preserve">An earlier version of this work was presented as a poster at XXX conference. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B2946" w:rsidRPr="006F1AE6">
+        <w:t xml:space="preserve">The authors would like to thank Mr. Big Expert for the valuable comments </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1AE6">
+        <w:t xml:space="preserve">on the draft of </w:t>
+      </w:r>
+      <w:r w:rsidR="009B2946" w:rsidRPr="006F1AE6">
+        <w:t>this manuscript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01121AAB" w14:textId="1F6842C2" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>CRediT contribution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E95C260" w14:textId="7DD5BE27" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">All authors of a submitted manuscript </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...70 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> state their contributions. The same applies even if the manuscript has a single author.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424EB5D1" w14:textId="12D89269" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00D630BF" w:rsidP="00392603">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>CRediT, Contributor Roles Taxonomy (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="000E7B76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidR="00392603" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00392603" w:rsidRPr="000E7B76">
         <w:t>is a high-level taxonomy that includes 14 roles typically played by the authors of a scientific paper. These include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A1E934" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="60A1E934" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Conceptualization:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> ideas; formulation or evolution of overarching research goals and aims</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7C62FB" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="3E7C62FB" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Data curation:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> management activities to annotate (produce metadata), scrub data and maintain research data (including software code, where it is necessary for interpreting the data itself) for initial use and later re-use</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44EE1106" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="44EE1106" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Formal analysis:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> application of statistical, mathematical, computational, or other formal techniques to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>analyze</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> or synthesize study data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0FE4D9" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="7C0FE4D9" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Funding acquisition:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> acquisition of the financial support for the project leading to this publication</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CB5897" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="08CB5897" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Investigation:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> conducting a research and investigation process, specifically performing the experiments, or data/evidence collection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1240CA" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="7C1240CA" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Methodology:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> development or design of methodology; creation of models</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634C7E77" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="634C7E77" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Project administration:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> management and coordination responsibility for the research activity planning and execution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089C8974" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="089C8974" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Resources:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> provision of study materials, reagents, materials, patients, laboratory samples, animals, instrumentation, computing resources, or other analysis tools</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7851E208" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="7851E208" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Software:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> programming, software development; designing computer programs; implementation of the computer code and supporting algorithms; testing of existing code components</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78594444" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="78594444" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Supervision:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> oversight and leadership responsibility for the research activity planning and execution, including mentorship external to the core team</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139CCC2F" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="139CCC2F" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Validation:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> verification, whether as a part of the activity or separate, of the overall replication/reproducibility of results/experiments and other research outputs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0151D4B6" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="0151D4B6" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Visualization:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> preparation, creation and/or presentation of the published work, specifically visualization/data presentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B59EEFC" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="3B59EEFC" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Writing—original draft:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> preparation, creation and/or presentation of the published work, specifically writing the initial draft (including substantive translation)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0431FB1D" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="0431FB1D" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Writing—review &amp; editing:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> preparation, creation and/or presentation of the published work by those from the original research group, specifically critical review, commentary or revision—including pre- or post-publication stages.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7B4401" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00D630BF" w:rsidRDefault="00392603" w:rsidP="00392603">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="0C7B4401" w14:textId="123B326E" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>The role titles are to be used ‘as is’ without any changes. For each author, the relevant roles are picked from the list, separated by commas</w:t>
+      </w:r>
+      <w:r w:rsidR="001841C4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005DBCA0" w14:textId="77777777" w:rsidR="001841C4" w:rsidRDefault="001841C4" w:rsidP="00392603">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00B17B31">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FECA43D" w14:textId="6A4BFE0A" w:rsidR="00392603" w:rsidRPr="001841C4" w:rsidRDefault="006F1AE6" w:rsidP="00392603">
+      <w:r w:rsidRPr="001841C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="001841C4" w:rsidRPr="001841C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+        </w:rPr>
+        <w:t>ame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001841C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B17B31">
+        </w:rPr>
+        <w:t xml:space="preserve"> Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="001841C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="001841C4">
+        <w:t xml:space="preserve">Conceptualization, Funding acquisition, Methodology, Writing—original draft, Writing—review &amp; editing. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001841C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...15 lines deleted...]
-      <w:r w:rsidR="00A00D69" w:rsidRPr="00D630BF">
+        </w:rPr>
+        <w:t>Name Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="001841C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A00D69">
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="001841C4">
+        <w:t>Supervision, Validation, Writing—review &amp; editing.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00D69" w:rsidRPr="001841C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001841C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A00D69" w:rsidRPr="00D630BF">
+        </w:rPr>
+        <w:t>Name Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00D69" w:rsidRPr="001841C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...15 lines deleted...]
-          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00A00D69" w:rsidRPr="00D630BF">
-[...32 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A00D69" w:rsidRPr="001841C4">
+        <w:t xml:space="preserve"> Methodology, Supervision, Validation, Writing—review &amp; editing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6465BC1B" w14:textId="46563FA9" w:rsidR="009A6981" w:rsidRPr="000E7B76" w:rsidRDefault="009A6981" w:rsidP="009A6981">
+      <w:pPr>
+        <w:pStyle w:val="HeadingNoNumber"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Data availability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEE5311" w14:textId="1CD686B2" w:rsidR="00B17BD0" w:rsidRPr="000E7B76" w:rsidRDefault="0096494A" w:rsidP="009A6981">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>The authors are encouraged to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17BD0" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A00D69" w:rsidRPr="00D630BF">
-[...54 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">responsibly </w:t>
       </w:r>
-      <w:r w:rsidR="00B17BD0" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00B17BD0" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">share </w:t>
       </w:r>
-      <w:r w:rsidR="00B17C09" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00B17C09" w:rsidRPr="000E7B76">
         <w:t>relevant</w:t>
       </w:r>
-      <w:r w:rsidR="00B17BD0" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00B17BD0" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> data and research methodology (e.g. computer code)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...21 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> through open access repositories.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B175CB3" w14:textId="77777777" w:rsidR="001841C4" w:rsidRDefault="001841C4" w:rsidP="009A6981"/>
+    <w:p w14:paraId="2AF5854C" w14:textId="49B686B8" w:rsidR="009A6981" w:rsidRPr="001841C4" w:rsidRDefault="009A6981" w:rsidP="009A6981">
+      <w:r w:rsidRPr="001841C4">
         <w:t xml:space="preserve">The anonymized dataset and analysis code can be downloaded at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="0096494A" w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="0096494A" w:rsidRPr="001841C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/xxxx/xxxyyy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001841C4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28079173" w14:textId="77777777" w:rsidR="0096494A" w:rsidRPr="00D630BF" w:rsidRDefault="0096494A" w:rsidP="009A6981">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="28079173" w14:textId="77777777" w:rsidR="0096494A" w:rsidRPr="001841C4" w:rsidRDefault="0096494A" w:rsidP="009A6981">
+      <w:r w:rsidRPr="001841C4">
         <w:t>The data are available on request to the authors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45639E47" w14:textId="77777777" w:rsidR="00471560" w:rsidRPr="00D630BF" w:rsidRDefault="00471560" w:rsidP="00820E0A">
+    <w:p w14:paraId="45639E47" w14:textId="6185644B" w:rsidR="00471560" w:rsidRPr="000E7B76" w:rsidRDefault="00471560" w:rsidP="00820E0A">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Declaration of </w:t>
       </w:r>
-      <w:r w:rsidR="00174026" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00174026" w:rsidRPr="000E7B76">
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>omp</w:t>
       </w:r>
-      <w:r w:rsidR="00174026" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00174026" w:rsidRPr="000E7B76">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">ting </w:t>
       </w:r>
-      <w:r w:rsidR="00174026" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00174026" w:rsidRPr="000E7B76">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t>nterest</w:t>
       </w:r>
-      <w:r w:rsidR="00174026" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00174026" w:rsidRPr="000E7B76">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00525459" w:rsidRPr="00D630BF">
+    </w:p>
+    <w:p w14:paraId="19BBD7CC" w14:textId="68C6FCB2" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="006440D9">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">A submitted manuscript </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> include a </w:t>
+      </w:r>
+      <w:r w:rsidR="001841C4">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>eclaration of competing interests, even if authors have no interests to declare (in this case, they should clearly state so).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA791F9" w14:textId="77777777" w:rsidR="001841C4" w:rsidRDefault="001841C4" w:rsidP="006440D9"/>
+    <w:p w14:paraId="565263F5" w14:textId="6DB6ECCE" w:rsidR="006440D9" w:rsidRPr="001841C4" w:rsidRDefault="006440D9" w:rsidP="006440D9">
+      <w:r w:rsidRPr="001841C4">
+        <w:t xml:space="preserve">The authors report no </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4EF7" w:rsidRPr="001841C4">
+        <w:t>competing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001841C4">
+        <w:t xml:space="preserve"> interest</w:t>
+      </w:r>
+      <w:r w:rsidR="00174026" w:rsidRPr="001841C4">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001841C4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D18658" w14:textId="1CF2C5B9" w:rsidR="00C35EF4" w:rsidRPr="000E7B76" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:pPr>
+        <w:pStyle w:val="HeadingNoNumber"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Declaration of generative AI use in writing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1BBDBA" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="000E7B76" w:rsidRDefault="00C35EF4" w:rsidP="00E90B2B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">The authors </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> state whether in preparation of the manuscript they used generative AI or AI-assisted tools, and if so, specify the tool and the reason for using it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D24F424" w14:textId="77777777" w:rsidR="001841C4" w:rsidRDefault="001841C4" w:rsidP="00C35EF4"/>
+    <w:p w14:paraId="194A67A8" w14:textId="789A93CC" w:rsidR="00C35EF4" w:rsidRPr="001841C4" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="001841C4">
+        <w:lastRenderedPageBreak/>
+        <w:t>The authors declare that no generative AI was used in this work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56775EC3" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="001841C4" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="001841C4">
+        <w:t xml:space="preserve">During the preparation of this work the authors used XXX (tool, version) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001841C4">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001841C4">
+        <w:t xml:space="preserve"> YYY (reason). The output was reviewed and revised by the authors who take full responsibility for the content of the publication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7B4AAA" w14:textId="577EDB0A" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:pPr>
+        <w:pStyle w:val="HeadingNoNumber"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Ethics statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D41C940" w14:textId="0BBAF615" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">A submitted manuscript </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> include an </w:t>
+      </w:r>
+      <w:r w:rsidR="001841C4">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>thics statement. Usually, it will contain a reference to the ethical evaluation of the research plan performed by a relevant authority (specifying the authority and the decision identifier).</w:t>
+      </w:r>
+      <w:r w:rsidR="001841C4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00525459" w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>If a study was exempted from requiring an ethical approval, the reasons for and the procedure for arriving at such conclusion must be provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13EFFBC6" w14:textId="77777777" w:rsidR="001841C4" w:rsidRDefault="001841C4" w:rsidP="00392603"/>
+    <w:p w14:paraId="3FD277AA" w14:textId="1E7F47BE" w:rsidR="00392603" w:rsidRPr="001841C4" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:r w:rsidRPr="001841C4">
+        <w:t xml:space="preserve">The methods for data collection in the present study have been approved by </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61E3B" w:rsidRPr="001841C4">
+        <w:t xml:space="preserve">Swedish Ethical Review Authority </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001841C4">
+        <w:t>(Decision XXX-YYY).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08457F51" w14:textId="301C5931" w:rsidR="009A6981" w:rsidRPr="000E7B76" w:rsidRDefault="009A6981" w:rsidP="00820E0A">
+      <w:pPr>
+        <w:pStyle w:val="HeadingNoNumber"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Funding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2505DD5A" w14:textId="77777777" w:rsidR="001841C4" w:rsidRDefault="007D65B9" w:rsidP="007D65B9">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">The authors </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...30 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> state which funding agencies, and through which grants, financed the research described in the manuscript. If no external funding was received, it should be clearly stated so, too.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC3164F" w14:textId="116684EB" w:rsidR="007D65B9" w:rsidRDefault="007D65B9" w:rsidP="007D65B9">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">If a funder directly affected some of the decisions related to this research, this must be clearly described. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205D7471" w14:textId="77777777" w:rsidR="001841C4" w:rsidRPr="000E7B76" w:rsidRDefault="001841C4" w:rsidP="007D65B9"/>
+    <w:p w14:paraId="6A3BA34C" w14:textId="77777777" w:rsidR="009A6981" w:rsidRPr="001841C4" w:rsidRDefault="009A6981" w:rsidP="007D65B9">
+      <w:r w:rsidRPr="001841C4">
+        <w:t>This research was funded by the Swedish Transport Administration (grant XXX-XXX).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF48935" w14:textId="77777777" w:rsidR="009B2946" w:rsidRPr="001841C4" w:rsidRDefault="009B2946" w:rsidP="009A6981">
+      <w:r w:rsidRPr="001841C4">
+        <w:t>No external funding was used in this research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C406DA1" w14:textId="77777777" w:rsidR="00471560" w:rsidRPr="000E7B76" w:rsidRDefault="00471560" w:rsidP="001F6188">
+      <w:pPr>
+        <w:pStyle w:val="HeadingNoNumber"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBA75E1" w14:textId="15381072" w:rsidR="005E04FE" w:rsidRDefault="00E875E9" w:rsidP="00D43276">
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Traffic Safety Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F94AD7" w:rsidRPr="000E7B76">
+        <w:t>applie</w:t>
+      </w:r>
+      <w:r w:rsidR="00D630BF" w:rsidRPr="000E7B76">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...260 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> the APA referencing style, 7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> edition</w:t>
       </w:r>
-      <w:r w:rsidR="00B413F3" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00B413F3" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidR="00B413F3" w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00B413F3" w:rsidRPr="000E7B76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B413F3" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00B413F3" w:rsidRPr="000E7B76">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="005E04FE" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="005E04FE" w:rsidRPr="000E7B76">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02492204" w14:textId="77777777" w:rsidR="00E875E9" w:rsidRPr="00D630BF" w:rsidRDefault="004E58A2" w:rsidP="00D43276">
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="1E7260EC" w14:textId="77777777" w:rsidR="00926132" w:rsidRDefault="00926132" w:rsidP="00D43276">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02492204" w14:textId="57E8F100" w:rsidR="00E875E9" w:rsidRPr="00926132" w:rsidRDefault="004E58A2" w:rsidP="00D43276">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926132">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00E875E9" w:rsidRPr="00926132">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="00926132">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>text</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00E875E9" w:rsidRPr="00926132">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> references</w:t>
       </w:r>
-      <w:r w:rsidR="00F94AD7" w:rsidRPr="00D630BF">
-[...12 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="4AAAAEDF" w14:textId="4DFBFCA9" w:rsidR="0055331A" w:rsidRPr="001841C4" w:rsidRDefault="00F94AD7" w:rsidP="00B17B31">
+      <w:r w:rsidRPr="001841C4">
         <w:t>Many e</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="00B17B31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E875E9" w:rsidRPr="001841C4">
         <w:t xml:space="preserve">valuation studies do not account for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17B31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001841C4">
         <w:t>the effects of well-known</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="00B17B31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E875E9" w:rsidRPr="001841C4">
         <w:t xml:space="preserve"> confounding factors </w:t>
       </w:r>
-      <w:r w:rsidR="004E58A2" w:rsidRPr="00B17B31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004E58A2" w:rsidRPr="001841C4">
         <w:t>(Elvik 1997</w:t>
       </w:r>
-      <w:r w:rsidR="00125426">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00125426" w:rsidRPr="001841C4">
         <w:t>; Hauer 2015</w:t>
       </w:r>
-      <w:r w:rsidR="004E58A2" w:rsidRPr="00B17B31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004E58A2" w:rsidRPr="001841C4">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="00B17B31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E875E9" w:rsidRPr="001841C4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11037C6E" w14:textId="77777777" w:rsidR="00F94AD7" w:rsidRPr="00B17B31" w:rsidRDefault="00F94AD7" w:rsidP="00B17B31">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="11037C6E" w14:textId="77777777" w:rsidR="00F94AD7" w:rsidRPr="001841C4" w:rsidRDefault="00F94AD7" w:rsidP="00B17B31">
+      <w:r w:rsidRPr="001841C4">
         <w:t>As shown by Elvik (1997)</w:t>
       </w:r>
-      <w:r w:rsidR="00125426">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00125426" w:rsidRPr="001841C4">
         <w:t xml:space="preserve"> and Hauer (2015)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17B31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001841C4">
         <w:t>, many evaluation studies do not account for the effects of well-known confounding factors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC94327" w14:textId="77777777" w:rsidR="00D630BF" w:rsidRPr="00D630BF" w:rsidRDefault="00D630BF" w:rsidP="00DF0756">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="4DC94327" w14:textId="0393CB3F" w:rsidR="00D630BF" w:rsidRPr="00926132" w:rsidRDefault="00D630BF" w:rsidP="00DF0756">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926132">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Reference list</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D221C0A" w14:textId="77777777" w:rsidR="0055331A" w:rsidRPr="00B12AB9" w:rsidRDefault="00105C59" w:rsidP="00DF0756">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal article</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609A828C" w14:textId="77777777" w:rsidR="00B413F3" w:rsidRPr="00D630BF" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
+    <w:p w14:paraId="609A828C" w14:textId="5F905CF6" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">Belin, M.-Å., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t>Tillgren</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">, P., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t>Vedung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">, E. (2012). Vision Zero – a road safety policy innovation. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>International Journal of Injury Control and Safety Promotion</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">, 19(2), 171–179. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
-        <w:r w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00B12AB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/17457300.2011.635213</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="228F29AD" w14:textId="77777777" w:rsidR="00B413F3" w:rsidRPr="00D630BF" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
+    <w:p w14:paraId="228F29AD" w14:textId="20165CF6" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...21 lines deleted...]
-          <w:color w:val="0070C0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:t xml:space="preserve">Godthelp, H. (2023). Towards a safe system in low- and middle-income countries: vehicles that guide drivers on self-explaining roads. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Traffic Safety Research</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">, Article e000029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
-        <w:r w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00B12AB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.55329/avnw4364</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="693E8C24" w14:textId="77777777" w:rsidR="00CE14D2" w:rsidRPr="00D630BF" w:rsidRDefault="00CE14D2" w:rsidP="00DF0756">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="693E8C24" w14:textId="77777777" w:rsidR="00CE14D2" w:rsidRPr="00B12AB9" w:rsidRDefault="00CE14D2" w:rsidP="00DF0756">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F93270F" w14:textId="77777777" w:rsidR="009C49AA" w:rsidRPr="00D630BF" w:rsidRDefault="009C49AA" w:rsidP="009C49AA">
+    <w:p w14:paraId="1F93270F" w14:textId="2E9B810E" w:rsidR="009C49AA" w:rsidRPr="00B12AB9" w:rsidRDefault="009C49AA" w:rsidP="009C49AA">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">Gettman, D., Pu, L., Sayed, T., &amp; Shelby, S. (2008). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Surrogate Safety Assessment Model and Validation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve"> (Report No. FHWA-HRT-08-051). Federal Highway Administration. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
-        <w:r w:rsidR="00B413F3" w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00B413F3" w:rsidRPr="00B12AB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.fhwa.dot.gov/publications/research/safety/08051/08051.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B4E2617" w14:textId="77777777" w:rsidR="00CC054F" w:rsidRPr="00D630BF" w:rsidRDefault="00CC054F" w:rsidP="00DF0756">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="6B4E2617" w14:textId="77777777" w:rsidR="00CC054F" w:rsidRPr="00B12AB9" w:rsidRDefault="00CC054F" w:rsidP="00DF0756">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Conference paper</w:t>
       </w:r>
-      <w:r w:rsidR="00D630BF" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="00D630BF" w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>/presentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301830AD" w14:textId="77777777" w:rsidR="00C82F86" w:rsidRPr="00D630BF" w:rsidRDefault="00C82F86" w:rsidP="00B413F3">
+    <w:p w14:paraId="301830AD" w14:textId="77777777" w:rsidR="00C82F86" w:rsidRPr="00B12AB9" w:rsidRDefault="00C82F86" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Elvik, R., Erke, A., &amp; Christensen, P. (2009, 11–15 January). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Elementary units of exposure</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t>. TRB Annual Meeting, Washington D. C., USA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B101B1D" w14:textId="77777777" w:rsidR="00B413F3" w:rsidRPr="00D630BF" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
+    <w:p w14:paraId="2B101B1D" w14:textId="4D47041D" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t>Güttinger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">, V. A. (1982). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>From Accidents to Conflicts: Alternative Safety Measurement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...20 lines deleted...]
-        <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="00B12AB9">
+        <w:t xml:space="preserve">. International Workshop on Traffic Conflicts Techniques, Leidschendam, the Netherlands. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00B12AB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.ictct.net/wp-content/uploads/XX-Leidschendam-1982/Guttinger_1982.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="23ECFF34" w14:textId="77777777" w:rsidR="006A010B" w:rsidRPr="00D630BF" w:rsidRDefault="006A010B" w:rsidP="00DF0756">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="23ECFF34" w14:textId="77777777" w:rsidR="006A010B" w:rsidRPr="00B12AB9" w:rsidRDefault="006A010B" w:rsidP="00DF0756">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Book</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5607354C" w14:textId="77777777" w:rsidR="00B17B31" w:rsidRPr="00D630BF" w:rsidRDefault="00B17B31" w:rsidP="00B17B31">
+    <w:p w14:paraId="5607354C" w14:textId="152EBA88" w:rsidR="00B17B31" w:rsidRPr="00B12AB9" w:rsidRDefault="00B17B31" w:rsidP="00B17B31">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Edvardsson </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:t xml:space="preserve">Edvardsson Björnberg, K., Hansson, S. O., Belin, M.-Å., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-        <w:t>Björnberg</w:t>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:t>Tingvall</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D630BF">
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">, C. (Eds.) (2023). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>The Vision Zero Handbook: Theory, Technology and Management for a Zero Casualty Policy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
-        <w:r w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00B12AB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/978-3-030-76505-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D94826B" w14:textId="77777777" w:rsidR="009C49AA" w:rsidRPr="00D630BF" w:rsidRDefault="009C49AA" w:rsidP="00B413F3">
+    <w:p w14:paraId="6D94826B" w14:textId="480FE80C" w:rsidR="009C49AA" w:rsidRPr="00B12AB9" w:rsidRDefault="009C49AA" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">Hauer, E. (2015). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>The art of regression modelling in road safety</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
-        <w:r w:rsidR="00B413F3" w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00B413F3" w:rsidRPr="00B12AB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/978-3-319-12529-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="755C2C98" w14:textId="77777777" w:rsidR="002278BF" w:rsidRPr="00D630BF" w:rsidRDefault="00587FBF" w:rsidP="00DF0756">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="755C2C98" w14:textId="77777777" w:rsidR="002278BF" w:rsidRPr="00B12AB9" w:rsidRDefault="00587FBF" w:rsidP="00DF0756">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="002278BF" w:rsidRPr="00D630BF">
+      <w:r w:rsidR="002278BF" w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ook</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C27A872" w14:textId="77777777" w:rsidR="00B413F3" w:rsidRPr="00D630BF" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
+    <w:p w14:paraId="6C27A872" w14:textId="0679B015" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Hansson, S. O. (2023). Zero Visions and Other Safety Principles. In K. Edvardsson </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:t xml:space="preserve">Hansson, S. O. (2023). Zero Visions and Other Safety Principles. In K. Edvardsson Björnberg, S. O. Hansson, M.-Å. Belin, &amp; C. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-        <w:t>Björnberg</w:t>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:t>Tingvall</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D630BF">
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve"> (Eds.), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>The Vision Zero Handbook: Theory, Technology and Management for a Zero Casualty Policy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
-        <w:r w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00B12AB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/978-3-030-76505-7_2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4876068A" w14:textId="77777777" w:rsidR="002278BF" w:rsidRPr="00D630BF" w:rsidRDefault="002278BF" w:rsidP="00DF0756">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+    <w:p w14:paraId="4876068A" w14:textId="77777777" w:rsidR="002278BF" w:rsidRPr="00B12AB9" w:rsidRDefault="002278BF" w:rsidP="00DF0756">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Thesis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E5AFFA" w14:textId="77777777" w:rsidR="00C4008B" w:rsidRPr="00D630BF" w:rsidRDefault="00C4008B" w:rsidP="00C4008B">
+    <w:p w14:paraId="72E5AFFA" w14:textId="07BA5484" w:rsidR="00C4008B" w:rsidRPr="00B12AB9" w:rsidRDefault="00C4008B" w:rsidP="00C4008B">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">Hydén, C. (1987). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>The development of a method for traffic safety evaluation: the Swedish traffic conflict technique</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve"> [Doctoral thesis, Lund University]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
-        <w:r w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00B12AB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.ictct.net/wp-content/uploads/SMoS_Library/LIB_Hyden_1987.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="709CED79" w14:textId="77777777" w:rsidR="00DF0756" w:rsidRPr="00D630BF" w:rsidRDefault="00DE5E71" w:rsidP="00DF0756">
+    <w:p w14:paraId="709CED79" w14:textId="77777777" w:rsidR="00DF0756" w:rsidRPr="00B12AB9" w:rsidRDefault="00DE5E71" w:rsidP="00DF0756">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Web-page</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4F4F2B46" w14:textId="77777777" w:rsidR="00B413F3" w:rsidRDefault="00C82F86" w:rsidP="00B413F3">
+    <w:p w14:paraId="4F4F2B46" w14:textId="17B51707" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00C82F86" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t>FHWA. (n</w:t>
       </w:r>
-      <w:r w:rsidR="00B17B31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B17B31" w:rsidRPr="00B12AB9">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00B17B31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B17B31" w:rsidRPr="00B12AB9">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Crash modification factors clearinghouse</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">. U.S. Department of Transportation, Federal Highway Administration. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
-        <w:r w:rsidR="00B413F3" w:rsidRPr="00D630BF">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00B413F3" w:rsidRPr="00B12AB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.cmfclearinghouse.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B3C010F" w14:textId="77777777" w:rsidR="00D630BF" w:rsidRPr="00D630BF" w:rsidRDefault="00D630BF" w:rsidP="00D630BF">
+    <w:p w14:paraId="731E3EFD" w14:textId="77777777" w:rsidR="001841C4" w:rsidRPr="00B12AB9" w:rsidRDefault="001841C4" w:rsidP="00D630BF"/>
+    <w:p w14:paraId="2B3C010F" w14:textId="2AE01F51" w:rsidR="00D630BF" w:rsidRPr="000E7B76" w:rsidRDefault="00D630BF" w:rsidP="00D630BF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00D630BF">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Always provide the DOI identifier when available. Note that the identifier must be a full hyperlink including ‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>https://doi.org/…</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D630BF">
-[...10 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId40"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>’. If no DOI for a reference exists, provide an URL where it can be downloaded.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D630BF" w:rsidRPr="000E7B76" w:rsidSect="00C87FA0">
+      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:headerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BD8DD06" w14:textId="77777777" w:rsidR="00B31E6A" w:rsidRPr="00C4008B" w:rsidRDefault="00B31E6A" w:rsidP="007D2412">
+    <w:p w14:paraId="491E3C31" w14:textId="77777777" w:rsidR="00823673" w:rsidRPr="000E7B76" w:rsidRDefault="00823673" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C4008B">
+      <w:r w:rsidRPr="000E7B76">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="526E53D8" w14:textId="77777777" w:rsidR="00B31E6A" w:rsidRPr="00C4008B" w:rsidRDefault="00B31E6A" w:rsidP="007D2412">
+    <w:p w14:paraId="707C863B" w14:textId="77777777" w:rsidR="00823673" w:rsidRPr="000E7B76" w:rsidRDefault="00823673" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C4008B">
+      <w:r w:rsidRPr="000E7B76">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -7922,138 +4797,154 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="831336018"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="4BE132AB" w14:textId="77777777" w:rsidR="00075D49" w:rsidRPr="00C4008B" w:rsidRDefault="00075D49" w:rsidP="000D1A00">
+      <w:p w14:paraId="4BE132AB" w14:textId="77777777" w:rsidR="00075D49" w:rsidRPr="000E7B76" w:rsidRDefault="00075D49" w:rsidP="000D1A00">
         <w:pPr>
           <w:jc w:val="center"/>
         </w:pPr>
-        <w:r w:rsidRPr="00C4008B">
+        <w:r w:rsidRPr="000E7B76">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00C4008B">
+        <w:r w:rsidRPr="000E7B76">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00C4008B">
+        <w:r w:rsidRPr="000E7B76">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00C4008B">
+        <w:r w:rsidRPr="000E7B76">
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00C4008B">
+        <w:r w:rsidRPr="000E7B76">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="464B3B3A" w14:textId="77777777" w:rsidR="00B31E6A" w:rsidRPr="00C4008B" w:rsidRDefault="00B31E6A" w:rsidP="007D2412">
+    <w:p w14:paraId="29426CC9" w14:textId="77777777" w:rsidR="00823673" w:rsidRPr="000E7B76" w:rsidRDefault="00823673" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C4008B">
+      <w:r w:rsidRPr="000E7B76">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63C920B4" w14:textId="77777777" w:rsidR="00B31E6A" w:rsidRPr="00C4008B" w:rsidRDefault="00B31E6A" w:rsidP="007D2412">
+    <w:p w14:paraId="5D0F7282" w14:textId="77777777" w:rsidR="00823673" w:rsidRPr="000E7B76" w:rsidRDefault="00823673" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C4008B">
+      <w:r w:rsidRPr="000E7B76">
         <w:continuationSeparator/>
-      </w:r>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> the instructions. It does not mean that the submitted article should be written in blue text.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="38373921" w14:textId="2EF3F8F0" w:rsidR="00C87FA0" w:rsidRDefault="00C87FA0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60A1E74D" wp14:editId="3E336631">
+          <wp:extent cx="2219325" cy="379372"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+          <wp:docPr id="2029893954" name="Picture 1" descr="A close-up of a logo&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2029893954" name="Picture 1" descr="A close-up of a logo&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2284062" cy="390438"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08347397"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53A8AE18"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -8557,50 +5448,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="272D2925"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31829782"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38571C2A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3BA23FB6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8705,51 +5709,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38D87F60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7F02B88"/>
     <w:lvl w:ilvl="0" w:tplc="2FB81676">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica" w:hint="default"/>
         <w:i/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8820,51 +5824,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D684EFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41D022B2"/>
     <w:lvl w:ilvl="0" w:tplc="7650566E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8933,51 +5937,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="510043BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA8C8BC4"/>
     <w:lvl w:ilvl="0" w:tplc="2FB81676">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica" w:hint="default"/>
         <w:i/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -9024,51 +6028,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51C37A9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBCCAC3C"/>
     <w:lvl w:ilvl="0" w:tplc="10000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9137,51 +6141,51 @@
     <w:lvl w:ilvl="7" w:tplc="10000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56C915CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9476062E"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -9252,51 +6256,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="579524D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52AE3880"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9365,51 +6369,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E912828"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="758E5F3C"/>
     <w:lvl w:ilvl="0" w:tplc="10000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9478,51 +6482,51 @@
     <w:lvl w:ilvl="7" w:tplc="10000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="603F19E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAE8BE6E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9591,51 +6595,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63F04CCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83921622"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9704,51 +6708,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68F37203"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B4882C2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="783" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1503" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9817,51 +6821,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5823" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6543" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BF61AF7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ABF45C34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -9912,51 +6916,51 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D396D45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F07ED732"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -10003,51 +7007,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E6900FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C76CF3B6"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -10089,51 +7093,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E933CA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57B89070"/>
     <w:lvl w:ilvl="0" w:tplc="591CEEA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10203,51 +7207,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75FE552A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6FC30C4"/>
     <w:lvl w:ilvl="0" w:tplc="591CEEA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10317,51 +7321,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76573257"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BCF45040"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10430,51 +7434,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77AA0A04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B840E306"/>
     <w:lvl w:ilvl="0" w:tplc="2FB81676">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10520,51 +7524,165 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7859458C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="78CCB5DC"/>
+    <w:lvl w:ilvl="0" w:tplc="B9323B54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListParagraph"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C115AF6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="041D001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -10606,51 +7724,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C703734"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15A015E2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10720,132 +7838,137 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1549951860">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="876548003">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1563443506">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1683586118">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="928005942">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="462501528">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="805976680">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1684238479">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1858694523">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="980890418">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1291403703">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1188300702">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="76557641">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="948927955">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1750497476">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1498185315">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1561407199">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="279193114">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1143429668">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1674717926">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1124806136">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1750497476">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="22" w16cid:durableId="726026233">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1498185315">
+  <w:num w:numId="23" w16cid:durableId="1187645656">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1561407199">
-[...19 lines deleted...]
-  </w:num>
   <w:num w:numId="24" w16cid:durableId="1407802127">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="849946573">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1163661675">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1478105550">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;1&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
     <w:docVar w:name="EN.Layout" w:val="&lt;ENLayout&gt;&lt;Style&gt;Traffic Safety Research—An Interdisciplinary Journal&lt;/Style&gt;&lt;LeftDelim&gt;{&lt;/LeftDelim&gt;&lt;RightDelim&gt;}&lt;/RightDelim&gt;&lt;FontName&gt;Times New Roman&lt;/FontName&gt;&lt;FontSize&gt;10&lt;/FontSize&gt;&lt;ReflistTitle&gt;&lt;/ReflistTitle&gt;&lt;StartingRefnum&gt;1&lt;/StartingRefnum&gt;&lt;FirstLineIndent&gt;0&lt;/FirstLineIndent&gt;&lt;HangingIndent&gt;720&lt;/HangingIndent&gt;&lt;LineSpacing&gt;0&lt;/LineSpacing&gt;&lt;SpaceAfter&gt;0&lt;/SpaceAfter&gt;&lt;HyperlinksEnabled&gt;0&lt;/HyperlinksEnabled&gt;&lt;HyperlinksVisible&gt;0&lt;/HyperlinksVisible&gt;&lt;EnableBibliographyCategories&gt;0&lt;/EnableBibliographyCategories&gt;&lt;/ENLayout&gt;"/>
@@ -10855,532 +7978,571 @@
     <w:rsidRoot w:val="00B31E6A"/>
     <w:rsid w:val="00011738"/>
     <w:rsid w:val="0001255C"/>
     <w:rsid w:val="000157FF"/>
     <w:rsid w:val="00015AE5"/>
     <w:rsid w:val="00022C2A"/>
     <w:rsid w:val="000317B2"/>
     <w:rsid w:val="00034B26"/>
     <w:rsid w:val="00034F61"/>
     <w:rsid w:val="00051C83"/>
     <w:rsid w:val="00052A14"/>
     <w:rsid w:val="00053AA4"/>
     <w:rsid w:val="000608F8"/>
     <w:rsid w:val="00064C3C"/>
     <w:rsid w:val="000672A2"/>
     <w:rsid w:val="00072A74"/>
     <w:rsid w:val="00074313"/>
     <w:rsid w:val="000753F7"/>
     <w:rsid w:val="00075D49"/>
     <w:rsid w:val="00091CFE"/>
     <w:rsid w:val="00094DD3"/>
     <w:rsid w:val="00095BF5"/>
     <w:rsid w:val="000A0E50"/>
     <w:rsid w:val="000A7D3C"/>
     <w:rsid w:val="000C08D2"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rsid w:val="000C786D"/>
     <w:rsid w:val="000D1A00"/>
     <w:rsid w:val="000E1714"/>
     <w:rsid w:val="000E6845"/>
+    <w:rsid w:val="000E7B76"/>
     <w:rsid w:val="000F1569"/>
     <w:rsid w:val="000F5DEC"/>
     <w:rsid w:val="00101CB1"/>
     <w:rsid w:val="00105C59"/>
     <w:rsid w:val="00111C46"/>
     <w:rsid w:val="0011384D"/>
     <w:rsid w:val="001142D5"/>
     <w:rsid w:val="001228F9"/>
     <w:rsid w:val="00125426"/>
     <w:rsid w:val="001364D0"/>
     <w:rsid w:val="00136C25"/>
     <w:rsid w:val="00136FDE"/>
     <w:rsid w:val="00146C64"/>
     <w:rsid w:val="00151B72"/>
     <w:rsid w:val="00152685"/>
     <w:rsid w:val="0016194C"/>
     <w:rsid w:val="00165877"/>
     <w:rsid w:val="00170D79"/>
     <w:rsid w:val="00174026"/>
     <w:rsid w:val="00175069"/>
+    <w:rsid w:val="001841C4"/>
     <w:rsid w:val="001915B9"/>
     <w:rsid w:val="0019224A"/>
     <w:rsid w:val="001951BF"/>
     <w:rsid w:val="00196CCF"/>
     <w:rsid w:val="001B5BF8"/>
     <w:rsid w:val="001C4DAB"/>
     <w:rsid w:val="001C7BFD"/>
+    <w:rsid w:val="001D0D70"/>
     <w:rsid w:val="001D27AB"/>
     <w:rsid w:val="001E1EC1"/>
     <w:rsid w:val="001E4D52"/>
     <w:rsid w:val="001F05F9"/>
     <w:rsid w:val="001F6188"/>
     <w:rsid w:val="00201570"/>
     <w:rsid w:val="0021078C"/>
     <w:rsid w:val="00216B3C"/>
     <w:rsid w:val="00217422"/>
     <w:rsid w:val="00224420"/>
     <w:rsid w:val="002278BF"/>
     <w:rsid w:val="00240A9D"/>
     <w:rsid w:val="00240F95"/>
     <w:rsid w:val="002440CC"/>
     <w:rsid w:val="002529A0"/>
     <w:rsid w:val="00252E45"/>
     <w:rsid w:val="00256924"/>
     <w:rsid w:val="002637A3"/>
     <w:rsid w:val="00266870"/>
     <w:rsid w:val="00272E6C"/>
     <w:rsid w:val="002752C4"/>
     <w:rsid w:val="002939F9"/>
     <w:rsid w:val="00294BC2"/>
     <w:rsid w:val="002A1399"/>
     <w:rsid w:val="002A4940"/>
     <w:rsid w:val="002D3711"/>
     <w:rsid w:val="002D38B5"/>
     <w:rsid w:val="002D5C86"/>
     <w:rsid w:val="002F1DC6"/>
     <w:rsid w:val="002F30C7"/>
+    <w:rsid w:val="002F43A7"/>
     <w:rsid w:val="003014CC"/>
     <w:rsid w:val="003100C2"/>
     <w:rsid w:val="0031538A"/>
     <w:rsid w:val="003220E6"/>
     <w:rsid w:val="00324D7D"/>
     <w:rsid w:val="00324E0E"/>
     <w:rsid w:val="003358D5"/>
     <w:rsid w:val="0034229E"/>
     <w:rsid w:val="0035690A"/>
+    <w:rsid w:val="00364853"/>
     <w:rsid w:val="0036490C"/>
     <w:rsid w:val="00365D7C"/>
     <w:rsid w:val="00366627"/>
     <w:rsid w:val="00370628"/>
     <w:rsid w:val="003776B5"/>
     <w:rsid w:val="00387853"/>
     <w:rsid w:val="00392603"/>
     <w:rsid w:val="00395CEB"/>
     <w:rsid w:val="003A206C"/>
+    <w:rsid w:val="003A75A6"/>
+    <w:rsid w:val="003D1190"/>
     <w:rsid w:val="003E5150"/>
     <w:rsid w:val="003E5535"/>
     <w:rsid w:val="003F3547"/>
     <w:rsid w:val="00402F7A"/>
     <w:rsid w:val="00406379"/>
     <w:rsid w:val="004066DF"/>
     <w:rsid w:val="004076BE"/>
     <w:rsid w:val="00407AAA"/>
     <w:rsid w:val="00421F68"/>
     <w:rsid w:val="004333FD"/>
     <w:rsid w:val="004342C3"/>
     <w:rsid w:val="00437BF4"/>
     <w:rsid w:val="00441FF2"/>
     <w:rsid w:val="00450DBC"/>
     <w:rsid w:val="00460F3E"/>
     <w:rsid w:val="00471560"/>
     <w:rsid w:val="00473D45"/>
     <w:rsid w:val="0047671D"/>
     <w:rsid w:val="004809EA"/>
     <w:rsid w:val="00490F55"/>
     <w:rsid w:val="00495C69"/>
     <w:rsid w:val="004A1AEF"/>
     <w:rsid w:val="004B643A"/>
     <w:rsid w:val="004B6E24"/>
     <w:rsid w:val="004D1199"/>
     <w:rsid w:val="004D7DFC"/>
     <w:rsid w:val="004E06E6"/>
     <w:rsid w:val="004E268E"/>
     <w:rsid w:val="004E4288"/>
     <w:rsid w:val="004E58A2"/>
     <w:rsid w:val="004F3CA2"/>
+    <w:rsid w:val="004F49D7"/>
     <w:rsid w:val="004F6C4C"/>
     <w:rsid w:val="00500C78"/>
     <w:rsid w:val="00510718"/>
     <w:rsid w:val="00511213"/>
     <w:rsid w:val="00514013"/>
     <w:rsid w:val="00515F8D"/>
     <w:rsid w:val="00522875"/>
     <w:rsid w:val="005233B7"/>
     <w:rsid w:val="00525459"/>
     <w:rsid w:val="005269B5"/>
     <w:rsid w:val="00542DDA"/>
     <w:rsid w:val="0055331A"/>
     <w:rsid w:val="00556D4E"/>
     <w:rsid w:val="0056521E"/>
     <w:rsid w:val="00566435"/>
     <w:rsid w:val="0056644A"/>
     <w:rsid w:val="0058117D"/>
+    <w:rsid w:val="00583867"/>
     <w:rsid w:val="00587151"/>
     <w:rsid w:val="00587FBF"/>
+    <w:rsid w:val="00590190"/>
     <w:rsid w:val="0059074F"/>
     <w:rsid w:val="00596A03"/>
     <w:rsid w:val="005A34D3"/>
     <w:rsid w:val="005A6B0D"/>
     <w:rsid w:val="005B124E"/>
     <w:rsid w:val="005B2D82"/>
     <w:rsid w:val="005B3BBE"/>
     <w:rsid w:val="005C2177"/>
     <w:rsid w:val="005C3DAC"/>
+    <w:rsid w:val="005D14C9"/>
     <w:rsid w:val="005E04FE"/>
     <w:rsid w:val="005F005E"/>
     <w:rsid w:val="005F01E9"/>
     <w:rsid w:val="005F35DC"/>
     <w:rsid w:val="005F59C1"/>
     <w:rsid w:val="00600515"/>
     <w:rsid w:val="00616581"/>
     <w:rsid w:val="006174CC"/>
     <w:rsid w:val="006216AF"/>
     <w:rsid w:val="00640ACD"/>
     <w:rsid w:val="006440D9"/>
     <w:rsid w:val="00647924"/>
     <w:rsid w:val="00655380"/>
     <w:rsid w:val="00657DC6"/>
     <w:rsid w:val="00661721"/>
     <w:rsid w:val="006748B8"/>
     <w:rsid w:val="00674A06"/>
     <w:rsid w:val="0067553E"/>
     <w:rsid w:val="00676125"/>
     <w:rsid w:val="006809E0"/>
     <w:rsid w:val="00682A78"/>
     <w:rsid w:val="00685A0D"/>
     <w:rsid w:val="006944F3"/>
     <w:rsid w:val="00694C88"/>
     <w:rsid w:val="006A010B"/>
     <w:rsid w:val="006B3FD1"/>
     <w:rsid w:val="006C4EB1"/>
     <w:rsid w:val="006D041C"/>
     <w:rsid w:val="006D6FCC"/>
     <w:rsid w:val="006E2DA2"/>
     <w:rsid w:val="006E627D"/>
+    <w:rsid w:val="006F1AE6"/>
+    <w:rsid w:val="006F3460"/>
     <w:rsid w:val="0070045A"/>
     <w:rsid w:val="007037F7"/>
     <w:rsid w:val="007077DC"/>
     <w:rsid w:val="00710F0E"/>
     <w:rsid w:val="0071179A"/>
     <w:rsid w:val="007129A5"/>
     <w:rsid w:val="00713F25"/>
+    <w:rsid w:val="007143BC"/>
     <w:rsid w:val="0072380C"/>
     <w:rsid w:val="00735084"/>
     <w:rsid w:val="0073588D"/>
     <w:rsid w:val="00735F8C"/>
     <w:rsid w:val="007403FD"/>
     <w:rsid w:val="00746489"/>
     <w:rsid w:val="00747B03"/>
     <w:rsid w:val="00756784"/>
+    <w:rsid w:val="00756E74"/>
     <w:rsid w:val="00756FA2"/>
     <w:rsid w:val="007575CF"/>
     <w:rsid w:val="00765B6E"/>
     <w:rsid w:val="00767DED"/>
     <w:rsid w:val="00770AEE"/>
     <w:rsid w:val="00774E04"/>
     <w:rsid w:val="007774D6"/>
+    <w:rsid w:val="007813A7"/>
     <w:rsid w:val="00784637"/>
     <w:rsid w:val="007861A3"/>
     <w:rsid w:val="00786994"/>
     <w:rsid w:val="007958E3"/>
     <w:rsid w:val="00796187"/>
     <w:rsid w:val="007A150F"/>
     <w:rsid w:val="007A2CFC"/>
     <w:rsid w:val="007B0339"/>
     <w:rsid w:val="007B2DC9"/>
     <w:rsid w:val="007D2412"/>
     <w:rsid w:val="007D65B9"/>
     <w:rsid w:val="007E0E44"/>
     <w:rsid w:val="007E3655"/>
     <w:rsid w:val="007F57EB"/>
     <w:rsid w:val="0080611C"/>
     <w:rsid w:val="0081279E"/>
     <w:rsid w:val="00814D44"/>
     <w:rsid w:val="008203B2"/>
     <w:rsid w:val="00820E0A"/>
     <w:rsid w:val="0082294D"/>
+    <w:rsid w:val="00823673"/>
     <w:rsid w:val="00824498"/>
     <w:rsid w:val="00824871"/>
     <w:rsid w:val="00825447"/>
     <w:rsid w:val="00826D13"/>
     <w:rsid w:val="008354A8"/>
     <w:rsid w:val="00840DB1"/>
     <w:rsid w:val="008443E1"/>
     <w:rsid w:val="00845353"/>
+    <w:rsid w:val="00845FA8"/>
     <w:rsid w:val="00850ADA"/>
     <w:rsid w:val="00850FF3"/>
     <w:rsid w:val="00854554"/>
     <w:rsid w:val="00856495"/>
     <w:rsid w:val="00856738"/>
     <w:rsid w:val="00857C71"/>
     <w:rsid w:val="00860EDE"/>
     <w:rsid w:val="00866E94"/>
     <w:rsid w:val="008747F3"/>
     <w:rsid w:val="008750D3"/>
     <w:rsid w:val="00895B02"/>
     <w:rsid w:val="008B6AC7"/>
     <w:rsid w:val="008C700D"/>
     <w:rsid w:val="008D26F6"/>
     <w:rsid w:val="008E0BC0"/>
     <w:rsid w:val="008F7BBF"/>
     <w:rsid w:val="0090501D"/>
     <w:rsid w:val="00906156"/>
+    <w:rsid w:val="00911F83"/>
     <w:rsid w:val="00912225"/>
     <w:rsid w:val="009129D5"/>
     <w:rsid w:val="00914F3A"/>
+    <w:rsid w:val="00926132"/>
     <w:rsid w:val="00932900"/>
     <w:rsid w:val="009458BB"/>
     <w:rsid w:val="00946BCB"/>
     <w:rsid w:val="00947295"/>
     <w:rsid w:val="0095607A"/>
     <w:rsid w:val="00960212"/>
     <w:rsid w:val="00961B1C"/>
     <w:rsid w:val="00962419"/>
     <w:rsid w:val="00962B30"/>
     <w:rsid w:val="0096494A"/>
     <w:rsid w:val="00977AC1"/>
     <w:rsid w:val="00980B9E"/>
     <w:rsid w:val="00983E89"/>
     <w:rsid w:val="00984D98"/>
     <w:rsid w:val="00986A59"/>
     <w:rsid w:val="00987717"/>
     <w:rsid w:val="00991D0F"/>
     <w:rsid w:val="009A0E86"/>
+    <w:rsid w:val="009A5B6D"/>
     <w:rsid w:val="009A6981"/>
     <w:rsid w:val="009B25A7"/>
     <w:rsid w:val="009B2946"/>
+    <w:rsid w:val="009B2F42"/>
     <w:rsid w:val="009B3784"/>
     <w:rsid w:val="009B4C2F"/>
     <w:rsid w:val="009B6EF2"/>
     <w:rsid w:val="009C49AA"/>
     <w:rsid w:val="009D0A17"/>
     <w:rsid w:val="009D4FDB"/>
     <w:rsid w:val="009E242B"/>
     <w:rsid w:val="009E4831"/>
     <w:rsid w:val="009F0F4D"/>
     <w:rsid w:val="009F71DA"/>
     <w:rsid w:val="00A00D69"/>
     <w:rsid w:val="00A104ED"/>
+    <w:rsid w:val="00A13A14"/>
     <w:rsid w:val="00A14B4D"/>
     <w:rsid w:val="00A24C77"/>
     <w:rsid w:val="00A2552E"/>
     <w:rsid w:val="00A30562"/>
     <w:rsid w:val="00A32DB6"/>
     <w:rsid w:val="00A42855"/>
     <w:rsid w:val="00A724BD"/>
     <w:rsid w:val="00A7670E"/>
     <w:rsid w:val="00A81647"/>
     <w:rsid w:val="00A85589"/>
     <w:rsid w:val="00A9056E"/>
     <w:rsid w:val="00A97005"/>
     <w:rsid w:val="00AA062B"/>
     <w:rsid w:val="00AA2968"/>
     <w:rsid w:val="00AA506B"/>
     <w:rsid w:val="00AA6A76"/>
     <w:rsid w:val="00AA6B4D"/>
     <w:rsid w:val="00AB53A1"/>
     <w:rsid w:val="00AE340A"/>
     <w:rsid w:val="00AE7801"/>
     <w:rsid w:val="00B05267"/>
+    <w:rsid w:val="00B12AB9"/>
     <w:rsid w:val="00B147C4"/>
     <w:rsid w:val="00B15168"/>
     <w:rsid w:val="00B17B31"/>
     <w:rsid w:val="00B17BD0"/>
     <w:rsid w:val="00B17C09"/>
     <w:rsid w:val="00B202D8"/>
     <w:rsid w:val="00B30B19"/>
     <w:rsid w:val="00B31E6A"/>
     <w:rsid w:val="00B31E77"/>
+    <w:rsid w:val="00B40AAE"/>
     <w:rsid w:val="00B413F3"/>
     <w:rsid w:val="00B50C4C"/>
     <w:rsid w:val="00B550DC"/>
     <w:rsid w:val="00B7134D"/>
+    <w:rsid w:val="00B746BC"/>
     <w:rsid w:val="00B75F69"/>
     <w:rsid w:val="00B77CC6"/>
     <w:rsid w:val="00B80FE0"/>
     <w:rsid w:val="00B811D7"/>
     <w:rsid w:val="00B811F5"/>
     <w:rsid w:val="00B83C71"/>
     <w:rsid w:val="00B8521B"/>
     <w:rsid w:val="00B871E7"/>
     <w:rsid w:val="00B87518"/>
     <w:rsid w:val="00B939BC"/>
     <w:rsid w:val="00B941C6"/>
     <w:rsid w:val="00B96158"/>
     <w:rsid w:val="00B97153"/>
     <w:rsid w:val="00B973FA"/>
     <w:rsid w:val="00BA7A90"/>
     <w:rsid w:val="00BB6CFA"/>
     <w:rsid w:val="00BB7E78"/>
     <w:rsid w:val="00BC1A8E"/>
     <w:rsid w:val="00BC2F96"/>
     <w:rsid w:val="00BC3262"/>
     <w:rsid w:val="00BC5C97"/>
     <w:rsid w:val="00BE3F63"/>
     <w:rsid w:val="00BE555E"/>
     <w:rsid w:val="00BE558D"/>
+    <w:rsid w:val="00BF04B1"/>
     <w:rsid w:val="00BF2CA3"/>
     <w:rsid w:val="00BF440C"/>
+    <w:rsid w:val="00C03F05"/>
     <w:rsid w:val="00C07E8C"/>
     <w:rsid w:val="00C1471F"/>
     <w:rsid w:val="00C230CE"/>
     <w:rsid w:val="00C336D1"/>
     <w:rsid w:val="00C35EF4"/>
     <w:rsid w:val="00C360C4"/>
     <w:rsid w:val="00C4008B"/>
     <w:rsid w:val="00C41050"/>
     <w:rsid w:val="00C44517"/>
     <w:rsid w:val="00C46718"/>
     <w:rsid w:val="00C54E1F"/>
     <w:rsid w:val="00C55C4A"/>
     <w:rsid w:val="00C56CFD"/>
     <w:rsid w:val="00C57464"/>
+    <w:rsid w:val="00C653D0"/>
     <w:rsid w:val="00C820EB"/>
     <w:rsid w:val="00C82F86"/>
+    <w:rsid w:val="00C87FA0"/>
     <w:rsid w:val="00C90D17"/>
+    <w:rsid w:val="00C915E5"/>
     <w:rsid w:val="00C92058"/>
     <w:rsid w:val="00C97BF4"/>
     <w:rsid w:val="00CA27CA"/>
     <w:rsid w:val="00CA724A"/>
     <w:rsid w:val="00CA7F54"/>
     <w:rsid w:val="00CB30F5"/>
     <w:rsid w:val="00CB33A5"/>
     <w:rsid w:val="00CB3DDE"/>
     <w:rsid w:val="00CC054F"/>
     <w:rsid w:val="00CC5DF8"/>
     <w:rsid w:val="00CC7227"/>
     <w:rsid w:val="00CD0ADB"/>
     <w:rsid w:val="00CD1332"/>
+    <w:rsid w:val="00CD1D4B"/>
     <w:rsid w:val="00CD3BA0"/>
     <w:rsid w:val="00CD7B50"/>
     <w:rsid w:val="00CE14D2"/>
     <w:rsid w:val="00CE280A"/>
     <w:rsid w:val="00CE462A"/>
     <w:rsid w:val="00CF1973"/>
     <w:rsid w:val="00CF370E"/>
     <w:rsid w:val="00CF7A39"/>
     <w:rsid w:val="00CF7CA4"/>
     <w:rsid w:val="00D03392"/>
     <w:rsid w:val="00D118DB"/>
     <w:rsid w:val="00D20806"/>
     <w:rsid w:val="00D23BC1"/>
     <w:rsid w:val="00D2488E"/>
     <w:rsid w:val="00D43276"/>
     <w:rsid w:val="00D43AB0"/>
     <w:rsid w:val="00D52969"/>
+    <w:rsid w:val="00D54A6B"/>
     <w:rsid w:val="00D5685E"/>
     <w:rsid w:val="00D630BF"/>
     <w:rsid w:val="00D71DB3"/>
     <w:rsid w:val="00D8104A"/>
     <w:rsid w:val="00D91AA0"/>
     <w:rsid w:val="00D95D74"/>
     <w:rsid w:val="00D96A1F"/>
     <w:rsid w:val="00DA34AE"/>
     <w:rsid w:val="00DB51DF"/>
     <w:rsid w:val="00DB526C"/>
     <w:rsid w:val="00DC02B7"/>
     <w:rsid w:val="00DC0E07"/>
     <w:rsid w:val="00DC5C92"/>
     <w:rsid w:val="00DD39EB"/>
     <w:rsid w:val="00DD4EF7"/>
     <w:rsid w:val="00DE29E8"/>
     <w:rsid w:val="00DE5E71"/>
     <w:rsid w:val="00DE6A8A"/>
     <w:rsid w:val="00DF0756"/>
     <w:rsid w:val="00E078BA"/>
     <w:rsid w:val="00E114FF"/>
     <w:rsid w:val="00E17764"/>
     <w:rsid w:val="00E22395"/>
     <w:rsid w:val="00E2350C"/>
     <w:rsid w:val="00E33654"/>
     <w:rsid w:val="00E33AA3"/>
     <w:rsid w:val="00E4001C"/>
     <w:rsid w:val="00E44CC5"/>
     <w:rsid w:val="00E45F47"/>
     <w:rsid w:val="00E46520"/>
     <w:rsid w:val="00E469F5"/>
     <w:rsid w:val="00E51443"/>
     <w:rsid w:val="00E519AE"/>
     <w:rsid w:val="00E56BB6"/>
     <w:rsid w:val="00E70381"/>
     <w:rsid w:val="00E77571"/>
+    <w:rsid w:val="00E813A8"/>
     <w:rsid w:val="00E875E9"/>
+    <w:rsid w:val="00E90B2B"/>
     <w:rsid w:val="00E94104"/>
     <w:rsid w:val="00E96F22"/>
     <w:rsid w:val="00EA3F73"/>
     <w:rsid w:val="00EB2CA4"/>
     <w:rsid w:val="00EB583D"/>
     <w:rsid w:val="00EB5CCE"/>
     <w:rsid w:val="00EC1B9D"/>
     <w:rsid w:val="00EC5A99"/>
     <w:rsid w:val="00ED1EFF"/>
     <w:rsid w:val="00EE22E3"/>
     <w:rsid w:val="00EE36ED"/>
     <w:rsid w:val="00EE5359"/>
     <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2D71"/>
     <w:rsid w:val="00EF6A93"/>
+    <w:rsid w:val="00F04215"/>
     <w:rsid w:val="00F10859"/>
+    <w:rsid w:val="00F110C6"/>
     <w:rsid w:val="00F12EF1"/>
     <w:rsid w:val="00F15801"/>
     <w:rsid w:val="00F2429B"/>
     <w:rsid w:val="00F272BA"/>
     <w:rsid w:val="00F373AC"/>
     <w:rsid w:val="00F446E1"/>
     <w:rsid w:val="00F447FE"/>
     <w:rsid w:val="00F61E3B"/>
     <w:rsid w:val="00F64C51"/>
     <w:rsid w:val="00F825A2"/>
     <w:rsid w:val="00F94AD7"/>
     <w:rsid w:val="00F96BD8"/>
     <w:rsid w:val="00FA0E06"/>
     <w:rsid w:val="00FA7E1E"/>
     <w:rsid w:val="00FB1471"/>
     <w:rsid w:val="00FB69B1"/>
     <w:rsid w:val="00FC0979"/>
     <w:rsid w:val="00FD1F83"/>
     <w:rsid w:val="00FD6074"/>
     <w:rsid w:val="00FD695E"/>
     <w:rsid w:val="00FF35AA"/>
     <w:rsid w:val="00FF51F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6908A71A"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{26069405-201F-41BD-A0C8-12B22BE75C50}"/>
+  <w15:docId w15:val="{2F57C769-3D3C-4087-919C-62E30C972FA6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11432,62 +8594,62 @@
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="1" w:uiPriority="59"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="1" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="1" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11537,52 +8699,52 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="98"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="13"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
@@ -11623,51 +8785,51 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="1" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="1" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
@@ -11737,400 +8899,391 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E70381"/>
+    <w:rsid w:val="00B12AB9"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="2"/>
+    <w:uiPriority w:val="4"/>
     <w:qFormat/>
     <w:rsid w:val="00987717"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="360"/>
       <w:ind w:left="431" w:hanging="431"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
-    <w:uiPriority w:val="3"/>
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="5"/>
     <w:qFormat/>
     <w:rsid w:val="00987717"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="240"/>
       <w:ind w:left="578" w:hanging="578"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="00987717"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:suppressAutoHyphens/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00895B02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="A79D6E" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00895B02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="A79D6E" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00895B02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:color w:val="736B45" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00895B02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:color w:val="736B45" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00895B02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:color w:val="6A685E" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00895B02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:color w:val="6A685E" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:uiPriority w:val="2"/>
-    <w:rsid w:val="00987717"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:next w:val="Authornames"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
-    <w:uiPriority w:val="10"/>
+    <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00987717"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
-    <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00987717"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D2412"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
-    <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00987717"/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D2412"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
@@ -12157,544 +9310,464 @@
       </w:tabs>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D2412"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:semiHidden/>
     <w:rsid w:val="00095BF5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
-      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:color w:val="CBC5A9" w:themeColor="accent1"/>
       <w:spacing w:val="5"/>
-    </w:rPr>
-[...29 lines deleted...]
-      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00095BF5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="00B31E6A"/>
+    <w:rsid w:val="00B746BC"/>
     <w:rPr>
       <w:i w:val="0"/>
-      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00421F68"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...14 lines deleted...]
-      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A1AEF"/>
     <w:pPr>
       <w:spacing w:before="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...10 lines deleted...]
-      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004A1AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A1AEF"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00987717"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:rsid w:val="00895B02"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="A79D6E" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:rsid w:val="00895B02"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="A79D6E" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:rsid w:val="00895B02"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:color w:val="736B45" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:rsid w:val="00895B02"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:color w:val="736B45" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:rsid w:val="00895B02"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:color w:val="6A685E" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="49"/>
     <w:semiHidden/>
-    <w:rsid w:val="00895B02"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:color w:val="6A685E" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CaptionChar"/>
-    <w:uiPriority w:val="35"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009458BB"/>
+    <w:rsid w:val="006F1AE6"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figure">
     <w:name w:val="Figure"/>
     <w:basedOn w:val="Caption"/>
     <w:link w:val="FigureChar"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="0001255C"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CaptionChar">
     <w:name w:val="Caption Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Caption"/>
-    <w:uiPriority w:val="35"/>
-    <w:rsid w:val="009458BB"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FigureChar">
     <w:name w:val="Figure Char"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:link w:val="Figure"/>
-    <w:uiPriority w:val="1"/>
-    <w:rsid w:val="0001255C"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeader">
-[...18 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabledata">
+    <w:name w:val="Table_data"/>
+    <w:link w:val="TabledataChar"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="005F59C1"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-      <w:b/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002F1DC6"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TableDataChar">
-    <w:name w:val="Table_Data Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabledataChar">
+    <w:name w:val="Table_data Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="TableData"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005F59C1"/>
+    <w:link w:val="Tabledata"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Equation">
     <w:name w:val="Equation"/>
     <w:link w:val="EquationChar"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="7"/>
     <w:qFormat/>
     <w:rsid w:val="00C35EF4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="851"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
     <w:name w:val="References"/>
     <w:link w:val="ReferencesChar"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="14"/>
     <w:qFormat/>
     <w:rsid w:val="00B413F3"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:ind w:left="284" w:hanging="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EquationChar">
     <w:name w:val="Equation Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Equation"/>
-    <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00C35EF4"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ReferencesChar">
     <w:name w:val="References Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="References"/>
-    <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00B413F3"/>
+    <w:uiPriority w:val="14"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeadingNoNumber">
     <w:name w:val="Heading NoNumber"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="HeadingNoNumberChar"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009A6981"/>
     <w:pPr>
       <w:spacing w:before="360"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeadingNoNumberChar">
     <w:name w:val="Heading NoNumber Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HeadingNoNumber"/>
-    <w:uiPriority w:val="1"/>
-    <w:rsid w:val="009A6981"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00820E0A"/>
     <w:rPr>
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:color w:val="0070C0" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenotes">
     <w:name w:val="Table_notes"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="12"/>
     <w:qFormat/>
-    <w:rsid w:val="00165877"/>
+    <w:rsid w:val="006F3460"/>
     <w:pPr>
-      <w:spacing w:before="60" w:after="360" w:line="240" w:lineRule="auto"/>
-      <w:contextualSpacing/>
+      <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0021078C"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00583867"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:numPr>
+        <w:numId w:val="26"/>
+      </w:numPr>
+      <w:ind w:left="641" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F12EF1"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="653753219">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12728,96 +9801,96 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1754164395">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amp-what.com/unicode/search/&amp;rsquo;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/&amp;ndash;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cmfclearinghouse.org" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/&amp;nbsp;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ictct.net/wp-content/uploads/XX-Leidschendam-1982/Guttinger_1982.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/&amp;apos;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/ellipsis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/xxxx/xxxyyy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/write-an-equation-or-formula-1d01cabc-ceb1-458d-bc70-7f9737722702" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.55329/avnw4364" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-76505-7_2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/&amp;rdquo;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/&amp;sdot;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3789/ansi.niso.z39.104-2022" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-12529-9" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/&amp;mdash;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/17457300.2011.635213" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/&amp;ldquo;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/&amp;deg;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-76505-7" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/add-a-heading-in-a-word-document-3eb8b917-56dc-4a17-891a-a026b2c790f2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/&amp;lsquo;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp-what.com/unicode/search/&amp;dash;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/insert-a-table-a138f745-73ef-4879-b99a-2f3d38be612a" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhwa.dot.gov/publications/research/safety/08051/08051.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ictct.net/wp-content/uploads/SMoS_Library/LIB_Hyden_1987.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/add-a-heading-in-a-word-document-3eb8b917-56dc-4a17-891a-a026b2c790f2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.55329/avnw4364" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-76505-7" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/17457300.2011.635213" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cmfclearinghouse.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ictct.net/wp-content/uploads/XX-Leidschendam-1982/Guttinger_1982.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/insert-a-table-a138f745-73ef-4879-b99a-2f3d38be612a" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ictct.net/wp-content/uploads/SMoS_Library/LIB_Hyden_1987.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/xxxx/xxxyyy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-76505-7_2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/write-an-equation-or-formula-1d01cabc-ceb1-458d-bc70-7f9737722702" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhwa.dot.gov/publications/research/safety/08051/08051.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/apply-or-remove-highlighting-1747d808-6db7-4d49-86ac-1f0c3cc87e2e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3789/ansi.niso.z39.104-2022" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-12529-9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\tft-ala\OneDrive%20-%20Lund%20University\Documents\My%20Research\TSR%20journal\Templates\Word%20template\TSR%20article%20template.dotx" TargetMode="External"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Custom 4">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="4D4C44"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="4D4C44"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="CBC5A9"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="99BEA7"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="A4C4CF"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="DBADB1"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="FFCD00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="004B87"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0070C0"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="0070C0"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -13012,74 +10085,80 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D0A5014-C260-4F63-9BC9-E3D83F6DB39C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{7aa68094-6104-41a6-b443-d4b52451f617}" enabled="0" method="" siteId="{7aa68094-6104-41a6-b443-d4b52451f617}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TSR article template.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>21143</Characters>
+  <Pages>8</Pages>
+  <Words>2782</Words>
+  <Characters>14749</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>176</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25082</CharactersWithSpaces>
+  <CharactersWithSpaces>17497</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aliaksei Laureshyn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>