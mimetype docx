--- v2 (2026-01-07)
+++ v3 (2026-03-23)
@@ -8,1307 +8,1378 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6E0EB34F" w14:textId="2F55FB75" w:rsidR="00983E89" w:rsidRPr="000E7B76" w:rsidRDefault="00A13A14" w:rsidP="007A2CFC">
+    <w:p w14:paraId="0DD6AD20" w14:textId="7989644F" w:rsidR="00983E89" w:rsidRPr="00B31A9F" w:rsidRDefault="00A13A14" w:rsidP="007A2CFC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00DD4EF7" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00DD4EF7" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
         <w:t xml:space="preserve">rticle </w:t>
       </w:r>
-      <w:r w:rsidR="000E7B76">
+      <w:r w:rsidR="000E7B76" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
-        <w:t>template (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008747F3" w:rsidRPr="000E7B76">
+        <w:t>template</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="008747F3" w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:rStyle w:val="TitleChar"/>
+        </w:rPr>
         <w:t>formatting guidelines</w:t>
       </w:r>
-      <w:r w:rsidR="000E7B76">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00141A3E">
+    </w:p>
+    <w:p w14:paraId="7FBC557A" w14:textId="16ACA797" w:rsidR="00E114FF" w:rsidRPr="00B31A9F" w:rsidRDefault="00A13A14" w:rsidP="00B94B75">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Name</w:t>
       </w:r>
-      <w:r w:rsidR="00095BF5" w:rsidRPr="00141A3E">
+      <w:r w:rsidR="00095BF5" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00141A3E">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Surname</w:t>
       </w:r>
-      <w:r w:rsidR="00C653D0" w:rsidRPr="00141A3E">
+      <w:r w:rsidR="00C653D0" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00141A3E">
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>ORCID: X</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>XX-XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>X-X</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>XX-X</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>XX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DB04E6" w14:textId="78A60852" w:rsidR="007C2BB5" w:rsidRPr="00B31A9F" w:rsidRDefault="00B746BC" w:rsidP="00B94B75">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Name</w:t>
       </w:r>
-      <w:r w:rsidR="00095BF5" w:rsidRPr="00141A3E">
+      <w:r w:rsidR="00095BF5" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00141A3E">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Surname</w:t>
       </w:r>
-      <w:r w:rsidR="00B17B31" w:rsidRPr="00141A3E">
+      <w:r w:rsidR="00B17B31" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1,2</w:t>
       </w:r>
-      <w:r w:rsidR="004A1AEF" w:rsidRPr="00141A3E">
+      <w:r w:rsidR="004A1AEF" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>ORCID: X</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>XX-XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>X-X</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>XX-XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FFFB36" w14:textId="149A2209" w:rsidR="007C2BB5" w:rsidRPr="00B31A9F" w:rsidRDefault="00B746BC" w:rsidP="00B94B75">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00364853" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00364853" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00364853" w:rsidRPr="00141A3E">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00141A3E">
-[...2 lines deleted...]
-      <w:r w:rsidR="00364853" w:rsidRPr="00141A3E">
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>ORCID: X</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>XX-XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>X-X</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>XX-XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>X</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB12CF5" w14:textId="78186AA3" w:rsidR="000317B2" w:rsidRPr="00B31A9F" w:rsidRDefault="000317B2" w:rsidP="00B94B75">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A724BD" w:rsidRPr="00B31A9F">
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>, Country</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>RoR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>: XXXXXXXXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371689C6" w14:textId="5BBFF855" w:rsidR="000317B2" w:rsidRPr="00B31A9F" w:rsidRDefault="000317B2" w:rsidP="00B94B75">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A724BD" w:rsidRPr="00B31A9F">
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t>Country</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>RoR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>: XXXXXXXXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B03171" w14:textId="523F6958" w:rsidR="00421F68" w:rsidRPr="00B31A9F" w:rsidRDefault="00421F68" w:rsidP="009B6EF2">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> Corresponding author: </w:t>
       </w:r>
-      <w:r w:rsidR="002D5C86" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="002D5C86" w:rsidRPr="00B31A9F">
         <w:t>email@email.com</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDD2A40" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="000E7B76" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
+    <w:p w14:paraId="6065A4F3" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="00B31A9F" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38AAAB72" w14:textId="27B7989E" w:rsidR="007A2CFC" w:rsidRPr="000E7B76" w:rsidRDefault="00A724BD" w:rsidP="007A2CFC">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="3675E382" w14:textId="6F27A3BD" w:rsidR="007A2CFC" w:rsidRPr="00B31A9F" w:rsidRDefault="00A724BD" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Write abstract in one paragraph. Do not use text treatments (</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>bold</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>italic</w:t>
       </w:r>
-      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>underlin</w:t>
       </w:r>
-      <w:r w:rsidR="000E7B76">
+      <w:r w:rsidR="000E7B76" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>).</w:t>
       </w:r>
-      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B746BC" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> Do not use references, images</w:t>
+      </w:r>
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B746BC" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> or formulas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Be concise and stick to what is unique and most important. What is the (real) </w:t>
       </w:r>
-      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">traffic safety problem that motivated your work? What is the specific </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>research question you tr</w:t>
       </w:r>
-      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="00B31A9F">
         <w:t>ied</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> to answer? What </w:t>
       </w:r>
-      <w:r w:rsidR="00B96158" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B96158" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">data and </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">method did you use? What </w:t>
       </w:r>
-      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="00B31A9F">
         <w:t>are your most important findings and conclusions</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
-      <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EC1B9D" w:rsidRPr="00B31A9F">
         <w:t>How</w:t>
       </w:r>
-      <w:r w:rsidR="00B96158" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B96158" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> does your work add to already existing knowledge?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06801839" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="000E7B76" w:rsidRDefault="004A1AEF" w:rsidP="007A2CFC">
+    <w:p w14:paraId="63A5B4E9" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="00B31A9F" w:rsidRDefault="004A1AEF" w:rsidP="007A2CFC">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Keywords</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD879EE" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="000C08D2" w:rsidP="007A2CFC">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="671A41CF" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="00B31A9F" w:rsidRDefault="000C08D2" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="00B30B19" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B30B19" w:rsidRPr="00B31A9F">
         <w:t>eyword_1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B5C2D17" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="00B30B19" w:rsidP="007A2CFC">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="755B8301" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="00B31A9F" w:rsidRDefault="00B30B19" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>keyword_2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F408E9" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="00B30B19" w:rsidP="007A2CFC">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="52BDB147" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="00B31A9F" w:rsidRDefault="00B30B19" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>keyword_3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27994A6B" w14:textId="18B2F83C" w:rsidR="00364853" w:rsidRPr="000D31FD" w:rsidRDefault="00C87FA0" w:rsidP="007A2CFC">
-      <w:r w:rsidRPr="00C87FA0">
+    <w:p w14:paraId="5246CAA2" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="00B31A9F" w:rsidRDefault="00C87FA0" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Place one keyword per line. Write keywords in lowercase (do not capitalize the first letter), except for terms that require capitalization, such as abbreviations and proper names</w:t>
       </w:r>
-      <w:r w:rsidR="00F04215" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00F04215" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="000D31FD">
+      <w:r w:rsidR="000D31FD" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">traffic safety, </w:t>
       </w:r>
-      <w:r w:rsidR="00F04215" w:rsidRPr="000D31FD">
+      <w:r w:rsidR="00F04215" w:rsidRPr="00B31A9F">
         <w:t>Vision Zero, Time-to-Collision (TTC).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF9BE5E" w14:textId="77777777" w:rsidR="007E3655" w:rsidRPr="000E7B76" w:rsidRDefault="007E3655" w:rsidP="00075D49">
+    <w:p w14:paraId="00D87A87" w14:textId="77777777" w:rsidR="007E3655" w:rsidRPr="00B31A9F" w:rsidRDefault="007E3655" w:rsidP="00075D49">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>General technical requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72667AB4" w14:textId="20319108" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+    <w:p w14:paraId="0BE14013" w14:textId="77777777" w:rsidR="00A41519" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>General</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A441F7" w14:textId="65F5501E" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+    <w:p w14:paraId="5B63C0C4" w14:textId="77777777" w:rsidR="00A41519" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Use Word styles (</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="000E7B76">
+        <w:r w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000E7B76">
-[...14 lines deleted...]
-      <w:r w:rsidR="00910BE2">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">) provided in this template to structure the document (Normal, </w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Title, </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Heading 1, Heading 2, etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20618928" w14:textId="701C765A" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+    <w:p w14:paraId="1CE6F676" w14:textId="77777777" w:rsidR="00A41519" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Do not use </w:t>
       </w:r>
-      <w:r w:rsidR="00910BE2">
+      <w:r w:rsidR="00910BE2" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">floating elements (e.g. </w:t>
       </w:r>
-      <w:r w:rsidR="00141A3E">
+      <w:r w:rsidR="00141A3E" w:rsidRPr="00B31A9F">
         <w:t>t</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">ext </w:t>
       </w:r>
-      <w:r w:rsidR="00141A3E">
+      <w:r w:rsidR="00141A3E" w:rsidRPr="00B31A9F">
         <w:t>b</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>oxes</w:t>
       </w:r>
-      <w:r w:rsidR="00910BE2">
+      <w:r w:rsidR="00910BE2" w:rsidRPr="00B31A9F">
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00910BE2">
+      <w:r w:rsidR="00910BE2" w:rsidRPr="00B31A9F">
         <w:t>multiple spaces to place and format your content. Instead, use styles and built-in formatting tools such as text alignment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F83A2A7" w14:textId="3DCF9534" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+    <w:p w14:paraId="6389C12A" w14:textId="77777777" w:rsidR="00A41519" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Make sure to remove all comments and accept all changes. </w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2" w:rsidRPr="00B31A9F">
+        <w:t>Always provide a final version with no ambiguity, ready for assessment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C46038" w14:textId="77777777" w:rsidR="00A41519" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Submitting revisions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AC16C4" w14:textId="77777777" w:rsidR="00A41519" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Make sure to remove all comments and accept all changes.</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="32F22F8D" w14:textId="77777777" w:rsidR="00A41519" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00B746BC" w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ark your </w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2" w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>revisions</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00910BE2">
-[...47 lines deleted...]
-      <w:r w:rsidR="00910BE2">
+      <w:r w:rsidR="00583867" w:rsidRPr="00B31A9F">
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="00B746BC" w:rsidRPr="00B31A9F">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00583867" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
-[...8 lines deleted...]
-      <w:r w:rsidR="007143BC" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="007143BC" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="003D1190">
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
         <w:t>Word's t</w:t>
       </w:r>
-      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00583867" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">ext </w:t>
       </w:r>
-      <w:r w:rsidR="003D1190">
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00583867" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">ighlight tool </w:t>
       </w:r>
-      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B746BC" w:rsidRPr="00B31A9F">
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
+        <w:r w:rsidR="00B746BC" w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B746BC" w:rsidRPr="00B31A9F">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00583867" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173C7985" w14:textId="10D2B729" w:rsidR="007A2CFC" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+    <w:p w14:paraId="1016FF9B" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Provide</w:t>
       </w:r>
-      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00583867" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00583867" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">detailed response to </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">each of the </w:t>
       </w:r>
-      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00583867" w:rsidRPr="00B31A9F">
         <w:t>reviewers</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>’ comment</w:t>
       </w:r>
-      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00583867" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
-      <w:r w:rsidR="00784637" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00784637" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00784637" w:rsidRPr="00A41519">
+      <w:r w:rsidR="00784637" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>separate</w:t>
       </w:r>
-      <w:r w:rsidR="00784637" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00784637" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> document</w:t>
       </w:r>
-      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00583867" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47497A9E" w14:textId="355B34BD" w:rsidR="00A41519" w:rsidRPr="000E7B76" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+    <w:p w14:paraId="5D588671" w14:textId="77777777" w:rsidR="00A41519" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Submitting for production</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5224A40C" w14:textId="77777777" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+    <w:p w14:paraId="282A928A" w14:textId="77777777" w:rsidR="00A41519" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Make sure to remove all comments and accept all changes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CBB8DA" w14:textId="099A6E35" w:rsidR="00C87FA0" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+    <w:p w14:paraId="04448AC8" w14:textId="77777777" w:rsidR="00C87FA0" w:rsidRPr="00B31A9F" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
-[...9 lines deleted...]
-    <w:p w14:paraId="765FEF4C" w14:textId="77777777" w:rsidR="000E7B76" w:rsidRPr="000E7B76" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Submit your manuscript as a Word document (.docx), do not convert it to .pdf.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548CDB8B" w14:textId="77777777" w:rsidR="000E7B76" w:rsidRPr="00B31A9F" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:lastRenderedPageBreak/>
         <w:t>Titles and headings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="596C3E27" w14:textId="43872CDC" w:rsidR="000E7B76" w:rsidRPr="000E7B76" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="3ACF48E0" w14:textId="77777777" w:rsidR="000E7B76" w:rsidRPr="00B31A9F" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Article title, section headings, and table and figure captions should use sentence case (capitalize only the first word and proper nouns).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28994EA3" w14:textId="3BA5A038" w:rsidR="000E7B76" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="3D2B8A00" w14:textId="095B9606" w:rsidR="000E7B76" w:rsidRPr="00B31A9F" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Do not </w:t>
       </w:r>
-      <w:r w:rsidR="00C87FA0">
+      <w:r w:rsidR="00C87FA0" w:rsidRPr="00B31A9F">
         <w:t>add</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> a full stop </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>( .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> ) at the end of headings </w:t>
       </w:r>
-      <w:r w:rsidR="00C87FA0">
+      <w:r w:rsidR="00C87FA0" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">captions unless they </w:t>
       </w:r>
-      <w:r w:rsidR="00C87FA0">
+      <w:r w:rsidR="00C87FA0" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">form </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>a complete sentence (contain</w:t>
       </w:r>
-      <w:r w:rsidR="003D1190">
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> a subject and </w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>verb</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="007001F6" w:rsidRPr="00B31A9F">
+        <w:t>For example, s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>ee</w:t>
       </w:r>
-      <w:r w:rsidR="003D1190">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> captions for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:instrText xml:space="preserve"> REF _Ref215939124 \h </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:instrText xml:space="preserve"> REF _Ref215939086 \h </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t>Figure 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="003D1190">
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A59E68F" w14:textId="77777777" w:rsidR="000C3F5B" w:rsidRPr="00B31A9F" w:rsidRDefault="000C3F5B" w:rsidP="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Do not use more t</w:t>
       </w:r>
-      <w:r w:rsidR="00CD1D4B">
+      <w:r w:rsidR="00CD1D4B" w:rsidRPr="00B31A9F">
         <w:t>han</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> three levels of headings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBDED3F" w14:textId="3BE45A99" w:rsidR="00824498" w:rsidRPr="000E7B76" w:rsidRDefault="00EF2D71" w:rsidP="00075D49">
+    <w:p w14:paraId="75EEDD81" w14:textId="6BCD9EC4" w:rsidR="00824498" w:rsidRPr="00B31A9F" w:rsidRDefault="00EF2D71" w:rsidP="00075D49">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Text</w:t>
       </w:r>
-      <w:r w:rsidR="0021078C" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="0021078C" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>matter treatments</w:t>
       </w:r>
-      <w:r w:rsidR="003D1190">
+    </w:p>
+    <w:p w14:paraId="4A34FBD4" w14:textId="77777777" w:rsidR="007C2BB5" w:rsidRPr="00B31A9F" w:rsidRDefault="0021078C" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Generally, text treatments</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">should be applied sparsely. Untreated roman type </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>the standard typeface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D443EB9" w14:textId="77777777" w:rsidR="007C2BB5" w:rsidRPr="00B31A9F" w:rsidRDefault="003D1190" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...14 lines deleted...]
-          <w:bCs/>
+        <w:t>Bold</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>nderlin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> type</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> should be generally avoided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143B254B" w14:textId="3F911E4D" w:rsidR="003D1190" w:rsidRPr="00B31A9F" w:rsidRDefault="003D1190" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Use </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>italic</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+        <w:t>italics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> to emphasize parts of the text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C125D4D" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Numbers and dates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27922F83" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Number formatting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E357494" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Make sure to use the selected number format (decimal sign, three-digit separation, etc.) consistently throughout the paper</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
+        <w:t>, including the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> numbers appearing in the text, formulas, tables, and graphs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C63040" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Use words for quantities below ten and use digits for larger quantities (five participants, but 25 bicyclists). Do not mix them, though: 5 to 25 participants, not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+        <w:t>five to 25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7535E2F6" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Units of measure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F50DDCC" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Both abbreviated and fully written units of measure are separated by a </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">(thin) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>non-breaking space: 23</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>kg; 90</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>km/h; 11</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>a.m.; 23</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>kilograms; 3 miles; the structure weighs 63 tons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C599A46" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>The exceptions are per cent and degree symbols which are not spaced: 25%; 33.5º.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24804DFE" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="00C915E5" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Fully written</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> units become plural when the quantity is more than one (3</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="00B31A9F">
+        <w:t>kilograms, but 0.5</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">litre) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693CC597" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Currencies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B751429" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>The currency symbols precede the numerals (no space): $25; €70.5; $15</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>billion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35934EB9" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Three-letter currency</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
-[...5 lines deleted...]
-      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">codes are separated with a </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">(thin) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>non-breaking space:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="003D1190">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>EUR</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>000; USD</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>billion; SEK</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00B31A9F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>500.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3FE346" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Number ranges</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FEECFE" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>emphasize</w:t>
-[...199 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>en</w:t>
+        <w:t xml:space="preserve"> rule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>( –</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>to link the range numbers</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> (no spaces)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>12–15; 95 000–110 000; 4.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>–5.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
+        <w:t>4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED689CA" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>For ranges including negative number use words to avoid confusion:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>-7.56 to -6.15.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1770E919" w14:textId="77777777" w:rsidR="00845FA8" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Units of measure are not repeated:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>5–6 kg; 1 000–2 500 litres</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61AB136F" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Exceptions are per cent and degree signs: 25%–30%; 12.5°–13.5°.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B1581BB" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Dates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031EDF2B" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">The preferred date format </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> 12 September 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52642E64" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>A named day is separated by a comma: Friday, 30 September 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68548DE4" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:lastRenderedPageBreak/>
+        <w:t>Do not use -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>,  -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>rd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>, -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>th</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> in conjunction with the figure (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+        <w:t>1st April 1980</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>). Avoid using all-figure forms as they could mean different things in different countries (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+        <w:t>7/5/12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED45353" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00B31A9F" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> rule</w:t>
-[...113 lines deleted...]
-        <w:t>st</w:t>
+        <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000E7B76">
-[...46 lines deleted...]
-      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>en</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> rule</w:t>
       </w:r>
-      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
         <w:t>( –</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> )</w:t>
       </w:r>
-      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
-[...6 lines deleted...]
-    <w:p w14:paraId="51820506" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>to indicate a date range: 12–15 September 2020; data collection during the winter period 2019–2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="028D556C" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Equations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0E7098" w14:textId="77610EC2" w:rsidR="00C915E5" w:rsidRDefault="006F3460" w:rsidP="006F3460">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="0312C18B" w14:textId="77777777" w:rsidR="00C915E5" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Use Word equation editor (</w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="000E7B76">
+        <w:r w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>) to create equations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0407930C" w14:textId="0B6F9992" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="00911F83" w:rsidP="006F3460">
-      <w:r>
+    <w:p w14:paraId="0197928C" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="00911F83" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Do not insert equations inside tables.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A0DAFF" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="2EDDACF1" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>General recommendations are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02FE45DA" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="09407296" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Do not overload text with formulas; consider providing mathematical details in an appendix rather than the main text.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCA6E2B" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="08788BE8" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Provide explanation for each variable included in the formula.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54ED9703" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="00FC6BCD">
+    <w:p w14:paraId="139C0B97" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="00FC6BCD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Number your equations; this is not necessary for equations written in-line with the text.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34483CA1" w14:textId="77777777" w:rsidR="00141A3E" w:rsidRDefault="00141A3E" w:rsidP="006F3460"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="05AB82CD" w14:textId="5F154AF6" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Travel distance is calculated as:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A2DE13" w14:textId="3EA022CB" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="00C87FA0" w:rsidP="006F3460">
+    <w:p w14:paraId="1FC5B5C3" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="00C87FA0" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Equation"/>
       </w:pPr>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>S=</m:t>
         </m:r>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
@@ -1363,1314 +1434,1311 @@
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>t</m:t>
                 </m:r>
               </m:e>
               <m:sup>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>2</m:t>
                 </m:r>
               </m:sup>
             </m:sSup>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="006F3460" w:rsidRPr="00B31A9F">
         <w:tab/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="006F3460" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="006F3460" w:rsidRPr="00B31A9F">
         <w:instrText xml:space="preserve"> SEQ Equation \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="006F3460" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E90B2B">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="006F3460" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="006F3460" w:rsidRPr="00B31A9F">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2E4110" w14:textId="65F2410B" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="7EDAB1A8" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">where </w:t>
       </w:r>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>v</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>0</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
       </m:oMath>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">is the initial speed, m/s; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C87FA0">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> is the time elapsed, s; and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C87FA0">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> is the acceleration, m/s</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6882EB8F" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="26DE8699" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Tables</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0193CAC2" w14:textId="56942635" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="41DE6C21" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Use Word table tool (</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="000E7B76">
+        <w:r w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>) to create tables.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD626FB" w14:textId="1508C601" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
-[...3 lines deleted...]
-      <w:r w:rsidR="00926132">
+    <w:p w14:paraId="0CE711F2" w14:textId="28A525A3" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Place tables in the manuscript directly after the </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2BB5" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">first </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">paragraph in which it is </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2BB5" w:rsidRPr="00B31A9F">
+        <w:t>referred to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> (see</w:t>
+      </w:r>
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:instrText xml:space="preserve"> REF _Ref215939124 \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>). Make sure that all tables are refer</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2BB5" w:rsidRPr="00B31A9F">
+        <w:t>red to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> in the text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4F0D91" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Ref215939124"/>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="00E90B2B">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
-[...29 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> Example table title (keep it short</w:t>
       </w:r>
-      <w:r w:rsidR="00BF04B1" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00BF04B1" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">, move long </w:t>
       </w:r>
-      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="00B31A9F">
         <w:t>explanations</w:t>
       </w:r>
-      <w:r w:rsidR="00BF04B1" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00BF04B1" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> to table notes instead</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="1815"/>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="1815"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="755114C3" w14:textId="77777777" w:rsidTr="004F49D7">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w14:paraId="27926E6B" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="57F1BA60" w14:textId="775C203C" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="35C84E1D" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Column header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6F87CCD7" w14:textId="300DAE4F" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="60699197" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Column header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="33BB9E5E" w14:textId="4CFAA7F8" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="4D032CA4" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Column header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3FB747FA" w14:textId="2F3B406B" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="0DD460CE" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Column header</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="289F3A04" w14:textId="77777777" w:rsidTr="004F49D7">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w14:paraId="295A2A2E" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="68F02388" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
+          <w:p w14:paraId="37A2BF76" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5F9012EA" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="7997DB5E" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3532742C" w14:textId="7D3C89C6" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="51C7AC9E" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Sub-header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9F9BAA" w14:textId="4BA055D4" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="743612D2" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Sub-header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6523C73C" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
+          <w:p w14:paraId="597CF1EE" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="63D1AC47" w14:textId="77777777" w:rsidTr="004F49D7">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w14:paraId="1A08787B" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42967FF7" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="0310DDB6" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Row header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22B7FBC7" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="39164F08" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Type A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0742BAFE" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
+          <w:p w14:paraId="27E2BD6D" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="260C5082" w14:textId="09D90BB6" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
+          <w:p w14:paraId="4089CF12" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>11 212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4179417A" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
+          <w:p w14:paraId="01D9C287" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="00C67598">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>45.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="001D0D01" w14:textId="77777777" w:rsidTr="004F49D7">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w14:paraId="2FD0746B" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7B9939D9" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="5202CC72" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="404D2654" w14:textId="0EB02C4D" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="506A0003" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Type B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AC43EF4" w14:textId="64D81263" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
+          <w:p w14:paraId="0D8F61B0" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05AFF9B3" w14:textId="14EEC5CE" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="50A3544F" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>5 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B0B0073" w14:textId="47CE9B9A" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="24E63D75" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>11.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="1C12966C" w14:textId="77777777" w:rsidTr="004F49D7">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w14:paraId="319EC4DB" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DCAFA27" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="6B0EE836" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Row header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EEBAC9E" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="35EF5A6D" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Type B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="624A0C60" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
+          <w:p w14:paraId="3A6CD659" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC9BD21" w14:textId="7D5A363A" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="7C67EA7F" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>56 733</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F69774D" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="399C05FE" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>32.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="73A97942" w14:textId="77777777" w:rsidTr="004F49D7">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w14:paraId="4EF57228" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="102171B9" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="32F2C865" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Row header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E147A6E" w14:textId="178B6127" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="26FEA56E" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Type A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22A9BEF4" w14:textId="33914993" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
+          <w:p w14:paraId="121D4588" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="650F6D2E" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="08011A59" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>877</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDC760C" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="2D5C74B1" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>35.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="1DB6E062" w14:textId="77777777" w:rsidTr="004F49D7">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w14:paraId="527AF2E5" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="43AB448F" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="392949CA" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C720A8D" w14:textId="7ED37085" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="00009B62" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>Type C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E0B8C93" w14:textId="3D469B4E" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
+          <w:p w14:paraId="3255BFA4" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C1CDCEF" w14:textId="50727DDA" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="1EA5C389" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>31 255</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A54AE7D" w14:textId="66A2E928" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="00BF04B1" w:rsidP="004F49D7">
+          <w:p w14:paraId="584B0E93" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="00BF04B1" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="004F49D7" w:rsidRPr="000E7B76">
+            <w:r w:rsidR="004F49D7" w:rsidRPr="00B31A9F">
               <w:t>.15</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>†</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F49D7" w:rsidRPr="000E7B76" w14:paraId="5373D910" w14:textId="77777777" w:rsidTr="004F49D7">
+      <w:tr w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w14:paraId="69BD38E7" w14:textId="77777777" w:rsidTr="004F49D7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="096B9BE2" w14:textId="65B0C003" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="51C51EB2" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:rPr>
                 <w:smallCaps/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0047EAFF" w14:textId="48C320EF" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
+          <w:p w14:paraId="123774E6" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="00C915E5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>—</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="620EED76" w14:textId="604AAAB9" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="748C540C" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>105 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71B8A3E1" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
+          <w:p w14:paraId="46814EEA" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="004F49D7">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E7B76">
+            <w:r w:rsidRPr="00B31A9F">
               <w:t>113.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E5B0B10" w14:textId="3A3ADE5F" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="00C915E5" w:rsidP="006F3460">
+    <w:p w14:paraId="1B3CE437" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="00C915E5" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Tablenotes"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Here is a</w:t>
       </w:r>
-      <w:r w:rsidR="006F3460" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="006F3460" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> general note related to the entire table.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C42CE5" w14:textId="50C6891A" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="0A0BD3D9" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Tablenotes"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C915E5">
+      <w:r w:rsidR="00C915E5" w:rsidRPr="00B31A9F">
         <w:t>Here is a</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> note related to a specific value/cell in the table. Mark specific notes with a system of indices different from that used in the main text (e.g. *, †, ‡, §, #, **, ††, ‡‡, §§, ##, ***, †††, etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BEBD944" w14:textId="6DE53810" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="006F3460">
+    <w:p w14:paraId="02CAD259" w14:textId="371E06C1" w:rsidR="004F49D7" w:rsidRPr="00B31A9F" w:rsidRDefault="004F49D7" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Tablenotes"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>†</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF04B1" w:rsidRPr="000E7B76">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidR="00BF04B1" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Omitting leading zero (.15 instead of 0.15) for numbers between 0 and 1 is permitted but not recommended. Same approach should be used consistently </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2BB5" w:rsidRPr="00B31A9F">
+        <w:t>throughout</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF04B1" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> all </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2BB5" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF04B1" w:rsidRPr="00B31A9F">
+        <w:t>tables.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F56A5D1" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>General formatting requirements are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E2A8C8" w14:textId="7288B513" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="6A243411" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Do not </w:t>
       </w:r>
-      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="00B31A9F">
         <w:t>created</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> single-columned tables.</w:t>
       </w:r>
-      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> Consider making</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> a list</w:t>
       </w:r>
-      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> instead</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D71F1F2" w14:textId="5C5B11A1" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="09EE54CF" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Avoid using shading and border lines, except for separating the header and the bottom of the table (see</w:t>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:instrText xml:space="preserve"> REF _Ref215939124 \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
-[...8 lines deleted...]
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21992324" w14:textId="0B73B526" w:rsidR="009A5B6D" w:rsidRPr="000E7B76" w:rsidRDefault="009A5B6D" w:rsidP="009A5B6D">
+    <w:p w14:paraId="17383A81" w14:textId="77777777" w:rsidR="009A5B6D" w:rsidRPr="00B31A9F" w:rsidRDefault="009A5B6D" w:rsidP="009A5B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">In case individual cells contain colour coding, images or equations, </w:t>
       </w:r>
-      <w:r w:rsidR="00C915E5">
+      <w:r w:rsidR="00C915E5" w:rsidRPr="00B31A9F">
         <w:t>convert the table to a</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> figure instead.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36615571" w14:textId="12ABB2B3" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="63292E45" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Centre-align all column headers, except for the first column header which is </w:t>
       </w:r>
-      <w:r w:rsidR="00C915E5">
+      <w:r w:rsidR="00C915E5" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">always </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>left-aligned.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F17A76B" w14:textId="1235652F" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="3DE0EAE1" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Left-align table data: (</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>) contents of the first column; (</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ii</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>) columns containing long text</w:t>
       </w:r>
-      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597E85C4" w14:textId="25777CAA" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="789F7D18" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Centre-align</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>table data: columns containing short text</w:t>
       </w:r>
-      <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="009A5B6D" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DE9E7F" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="198F0D3D" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Right-align table data: columns with numerical data. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2873565D" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="1FFB9908" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>For numerical data, use the same number of decimal points within the same column.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F31A7D" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="122A8068" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Tables with multiple sections must have the same number of columns across all sections. If that is not possible, divide the table into multiple tables.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4C0E97" w14:textId="5FF34AF3" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="038CC79D" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Avoid making table structure overly complex through excessive usage of merged cells. Values that do not belong to any </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>particular column</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> (AIC, BIC, R</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>, etc.) are better fit in the table footnotes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27950769" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="4AD27D7E" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8D32FF" w14:textId="13555A81" w:rsidR="00EF2D71" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="0825321A" w14:textId="77777777" w:rsidR="00EF2D71" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Always import a figure as </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> single image (.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>png</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> or .jpg). Editable objects such as Excel charts, text</w:t>
       </w:r>
-      <w:r w:rsidR="00910BE2">
+      <w:r w:rsidR="00910BE2" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">boxes, </w:t>
       </w:r>
-      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="00B31A9F">
         <w:t>shapes</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>, etc. must be exported as an image and then imported again.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> Ensure that .</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="00B31A9F">
         <w:t>png</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> images </w:t>
       </w:r>
-      <w:r w:rsidR="008C12D8">
+      <w:r w:rsidR="008C12D8" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">are opaque (i.e. </w:t>
       </w:r>
-      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="00B31A9F">
         <w:t>do not contain any transparent colours</w:t>
       </w:r>
-      <w:r w:rsidR="008C12D8">
+      <w:r w:rsidR="008C12D8" w:rsidRPr="00B31A9F">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E36C1D" w14:textId="48D8A523" w:rsidR="006F3460" w:rsidRDefault="006F3460" w:rsidP="006F3460">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="12ABA977" w14:textId="2FC12011" w:rsidR="006F1AE6" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Place the figure in the manuscript directly after the paragraph in which it </w:t>
       </w:r>
-      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="00B31A9F">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> first mentioned. Make sure that all figures are referred to in the text (see</w:t>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:instrText xml:space="preserve"> REF _Ref215939086 \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
-[...8 lines deleted...]
-      <w:r w:rsidR="00926132">
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t>Figure 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00926132" w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="098FB231" w14:textId="77777777" w:rsidR="006F1AE6" w:rsidRPr="000E7B76" w:rsidRDefault="006F1AE6" w:rsidP="006F3460"/>
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5E90FF2A" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="00B94B75">
+      <w:r w:rsidRPr="00B31A9F">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1ADCF462" wp14:editId="24692631">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A7DC87B" wp14:editId="1680D7B9">
             <wp:extent cx="5760000" cy="2023200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1770006746" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="3638" t="2283" r="4962" b="2805"/>
                     <a:stretch/>
@@ -2678,1754 +2746,2418 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5760000" cy="2023200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00554CA3" w14:textId="43482054" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="7B99CC4A" w14:textId="2E53E8DF" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Ref215939086"/>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:instrText xml:space="preserve"> SEQ Figure \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E90B2B">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> Example figure title (keep it short): (</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>) first figure panel; (</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>) second figure panel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DDF71E" w14:textId="77777777" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F3460">
+    <w:p w14:paraId="515B4787" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">General </w:t>
       </w:r>
-      <w:r w:rsidR="006F1AE6">
+      <w:r w:rsidR="006F1AE6" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">figure </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>formatting requirements are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C94BDC" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="35D3F730" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Make sure the text size is readable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7033E6" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="1FBEAA8E" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Select colours that will work well in black-and-white print.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D83FDDB" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="70A1D350" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Use </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> signal colour if necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BAEABB2" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="0B349A14" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Avoid clutter, such as 3D-effects, diagram area borders, gridlines, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B1AFA8E" w14:textId="2F7966EA" w:rsidR="00B746BC" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F1AE6">
+    <w:p w14:paraId="7C07A809" w14:textId="77777777" w:rsidR="00B746BC" w:rsidRPr="00B31A9F" w:rsidRDefault="006F3460" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Keep text orientation horizontal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="258C26E8" w14:textId="21D76FA4" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+    <w:p w14:paraId="4CC65901" w14:textId="77777777" w:rsidR="006F1AE6" w:rsidRPr="00B31A9F" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Compulsory sections</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE95F07" w14:textId="4F82682B" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
-[...82 lines deleted...]
-      <w:r w:rsidRPr="006F1AE6">
+    <w:p w14:paraId="70515F64" w14:textId="125A992F" w:rsidR="006F1AE6" w:rsidRPr="00B31A9F" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">The manuscript </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F1AE6">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F1AE6">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> contain the following </w:t>
+      </w:r>
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t>statements and declarations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4126F039" w14:textId="77777777" w:rsidR="00103ACD" w:rsidRPr="00B31A9F" w:rsidRDefault="00103ACD" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>About authors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDA9D2B" w14:textId="77777777" w:rsidR="00103ACD" w:rsidRPr="00B31A9F" w:rsidRDefault="00103ACD" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Competing interests</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CC21A9" w14:textId="77777777" w:rsidR="00103ACD" w:rsidRPr="00B31A9F" w:rsidRDefault="00103ACD" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>CRediT contribution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30341C39" w14:textId="77777777" w:rsidR="00103ACD" w:rsidRPr="00B31A9F" w:rsidRDefault="00103ACD" w:rsidP="00103ACD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:lastRenderedPageBreak/>
+        <w:t>Data availability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2B89A7" w14:textId="77777777" w:rsidR="00103ACD" w:rsidRPr="00B31A9F" w:rsidRDefault="00103ACD" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Ethics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534CA86E" w14:textId="77777777" w:rsidR="00103ACD" w:rsidRPr="00B31A9F" w:rsidRDefault="00103ACD" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Funding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE658DB" w14:textId="77777777" w:rsidR="00103ACD" w:rsidRPr="00B31A9F" w:rsidRDefault="00103ACD" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Generative AI use in writing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25EB9BAF" w14:textId="77777777" w:rsidR="00103ACD" w:rsidRPr="00B31A9F" w:rsidRDefault="00103ACD" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Prior dissemination</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C35452D" w14:textId="5C4971BD" w:rsidR="006F1AE6" w:rsidRPr="00B31A9F" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Additionally, the manuscript </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> contain:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52ABB241" w14:textId="089D372E" w:rsidR="006F1AE6" w:rsidRPr="00B31A9F" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Acknowledgements</w:t>
+      </w:r>
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449CE055" w14:textId="5AC03F0C" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:pPr>
+        <w:pStyle w:val="HeadingNoNumber"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>About authors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A875478" w14:textId="77777777" w:rsidR="00B94B75" w:rsidRPr="00B31A9F" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">The manuscript </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> include a photo and a short professional biography (</w:t>
+      </w:r>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> lines) for each of the authors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5156F212" w14:textId="526C946F" w:rsidR="006F1AE6" w:rsidRPr="00B31A9F" w:rsidRDefault="00192D59" w:rsidP="006F1AE6">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7C761F" w14:textId="007E2AC8" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="006F1AE6">
+      <w:r w:rsidRPr="00B31A9F">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="188B1026" wp14:editId="4A05AFB6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67E0A128" wp14:editId="2F936A47">
             <wp:extent cx="1260000" cy="1260000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Picture 4" descr="A picture containing text, ax&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4" descr="A picture containing text, ax&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1260000" cy="1260000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BAB2FE" w14:textId="28A7C05E" w:rsidR="00B8521B" w:rsidRPr="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
-      <w:r w:rsidRPr="006F1AE6">
+    <w:p w14:paraId="0ACC60A0" w14:textId="200F6D5B" w:rsidR="00B8521B" w:rsidRPr="00B31A9F" w:rsidRDefault="00192D59" w:rsidP="006F1AE6">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1AE6" w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Name Surname</w:t>
       </w:r>
-      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> received her PhD at the University of Sciences. Her research interests cover traffic safety</w:t>
       </w:r>
-      <w:r w:rsidR="00B8521B" w:rsidRPr="006F1AE6">
+      <w:r w:rsidR="00B8521B" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:t>urban planning</w:t>
       </w:r>
-      <w:r w:rsidR="00B8521B" w:rsidRPr="006F1AE6">
+      <w:r w:rsidR="00B8521B" w:rsidRPr="00B31A9F">
         <w:t>, and, recently, decision making and policy implementation within large state organizations</w:t>
       </w:r>
-      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B8521B" w:rsidRPr="006F1AE6">
-[...2 lines deleted...]
-      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+      <w:r w:rsidR="00B8521B" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> Since 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8521B" w:rsidRPr="00B31A9F">
+        <w:t>, s</w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
-      <w:r w:rsidR="00B8521B" w:rsidRPr="006F1AE6">
+      <w:r w:rsidR="00B8521B" w:rsidRPr="00B31A9F">
         <w:t>acts as</w:t>
       </w:r>
-      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> the head of the Virtual Reality lab</w:t>
       </w:r>
-      <w:r w:rsidR="00B8521B" w:rsidRPr="006F1AE6">
-[...2 lines deleted...]
-      <w:r w:rsidR="00392603" w:rsidRPr="006F1AE6">
+      <w:r w:rsidR="00B8521B" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="00103ACD" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8521B" w:rsidRPr="00B31A9F">
+        <w:t>University of Sciences</w:t>
+      </w:r>
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="297172FF" w14:textId="468B8E0B" w:rsidR="009B2946" w:rsidRPr="000E7B76" w:rsidRDefault="009B2946" w:rsidP="009B2946">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA39A0A" w14:textId="40E1C94A" w:rsidR="009B2946" w:rsidRPr="00B31A9F" w:rsidRDefault="009B2946" w:rsidP="009B2946">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Acknowledgement</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058A2B36" w14:textId="501891C6" w:rsidR="004A17FC" w:rsidRPr="00B31A9F" w:rsidRDefault="004A17FC" w:rsidP="00B17BD0">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2BB5" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Acknowledgements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">section is common, but </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>must</w:t>
-[...30 lines deleted...]
-      <w:r w:rsidR="009B2946" w:rsidRPr="006F1AE6">
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> compulsory. It </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2BB5" w:rsidRPr="00B31A9F">
+        <w:t>usually contain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2BB5" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> expressions of gratitude to people and organizations who helped with the research but do not qualify as co-authors.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> Typical examples of such contributions are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC21A70" w14:textId="63CA98D5" w:rsidR="004A17FC" w:rsidRPr="00B31A9F" w:rsidRDefault="004A17FC" w:rsidP="004A17FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>field data collection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E7E513" w14:textId="172089BF" w:rsidR="004A17FC" w:rsidRPr="00B31A9F" w:rsidRDefault="004A17FC" w:rsidP="004A17FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>access to equipment and facilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0476F823" w14:textId="1B19E7CB" w:rsidR="004A17FC" w:rsidRPr="00B31A9F" w:rsidRDefault="004A17FC" w:rsidP="004A17FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>advice on statistical tools and methods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1921191B" w14:textId="63246A1A" w:rsidR="004A17FC" w:rsidRPr="00B31A9F" w:rsidRDefault="004A17FC" w:rsidP="004A17FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>feedback on early drafts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0717B1" w14:textId="2D207A65" w:rsidR="004A17FC" w:rsidRPr="00B31A9F" w:rsidRDefault="004A17FC" w:rsidP="004A17FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>helpful discussions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E6D8DC" w14:textId="6FFE844C" w:rsidR="004A17FC" w:rsidRPr="00B31A9F" w:rsidRDefault="004A17FC" w:rsidP="004A17FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>mentorship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63236265" w14:textId="3A488E49" w:rsidR="004A17FC" w:rsidRPr="00B31A9F" w:rsidRDefault="004A17FC" w:rsidP="004A17FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>permissions to use materials or datasets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E9630D" w14:textId="77777777" w:rsidR="002977E9" w:rsidRPr="00B31A9F" w:rsidRDefault="002977E9" w:rsidP="009B2946">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5F86AE" w14:textId="0E02CD58" w:rsidR="009B2946" w:rsidRPr="00B31A9F" w:rsidRDefault="002977E9" w:rsidP="009B2946">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2946" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">The authors would like to thank </w:t>
+      </w:r>
+      <w:r w:rsidR="004A17FC" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">the Science Laboratory at the Important Research Institute for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>providing access to</w:t>
+      </w:r>
+      <w:r w:rsidR="004A17FC" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> XTS-2351b molecular stabilizer. We are also grateful to </w:t>
+      </w:r>
+      <w:r w:rsidR="009B2946" w:rsidRPr="00B31A9F">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="004A17FC" w:rsidRPr="00B31A9F">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2946" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> Big</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B75" w:rsidRPr="00B31A9F">
+        <w:t>gest</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2946" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> Expert for he</w:t>
+      </w:r>
+      <w:r w:rsidR="004A17FC" w:rsidRPr="00B31A9F">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2946" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> valuable comments </w:t>
+      </w:r>
+      <w:r w:rsidR="00240F95" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">on the </w:t>
+      </w:r>
+      <w:r w:rsidR="004A17FC" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">early </w:t>
+      </w:r>
+      <w:r w:rsidR="00240F95" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">draft of </w:t>
+      </w:r>
+      <w:r w:rsidR="009B2946" w:rsidRPr="00B31A9F">
         <w:t>this manuscript.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="01121AAB" w14:textId="1F6842C2" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64EFF0A2" w14:textId="669A206F" w:rsidR="00B52B8E" w:rsidRPr="00B31A9F" w:rsidRDefault="00B52B8E" w:rsidP="00B52B8E">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Competing interests</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0038A358" w14:textId="01B1F89D" w:rsidR="00192D59" w:rsidRPr="00B31A9F" w:rsidRDefault="0074740B" w:rsidP="00B52B8E">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> manuscript </w:t>
+      </w:r>
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> include a declaration of competing interests, even if authors have no </w:t>
+      </w:r>
+      <w:r w:rsidR="002977E9" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">such </w:t>
+      </w:r>
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">interests (in this case, they should </w:t>
+      </w:r>
+      <w:r w:rsidR="002977E9" w:rsidRPr="00B31A9F">
+        <w:t>explicitly</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> state so).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D1ABB6" w14:textId="0EED0128" w:rsidR="00192D59" w:rsidRPr="00B31A9F" w:rsidRDefault="00192D59" w:rsidP="00B52B8E">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Competing interests can be of financial (e.g. employment, collaboration, receiving of grants, patents held or pending) or non-financial (e.g. political, legal, or other involvements) nature. Competing interest does not mean that objectivity of the work is affected, but rather than it can be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>perceived</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> as affected. As a rule of thumb, the authors should disclose any relations that, if discovered at a later stage, may cause them embarrassment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712ACE9F" w14:textId="62AAB43E" w:rsidR="00B52B8E" w:rsidRPr="00B31A9F" w:rsidRDefault="002977E9" w:rsidP="00B52B8E">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29ED831E" w14:textId="6355510B" w:rsidR="002977E9" w:rsidRPr="00B31A9F" w:rsidRDefault="002977E9" w:rsidP="00B52B8E">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">‘Part of this work was supported in-kind by Technology Ltd. The company </w:t>
+      </w:r>
+      <w:r w:rsidR="00192D59" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">has direct interest in and intention to use these research results for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>develop</w:t>
+      </w:r>
+      <w:r w:rsidR="00192D59" w:rsidRPr="00B31A9F">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> new commercial products.’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1245A76B" w14:textId="2EBEBA07" w:rsidR="00B52B8E" w:rsidRPr="00B31A9F" w:rsidRDefault="002977E9" w:rsidP="00B52B8E">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52B8E" w:rsidRPr="00B31A9F">
+        <w:t>The authors report no competing interests.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BE870B" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:pPr>
+        <w:pStyle w:val="HeadingNoNumber"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>CRediT contribution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C4FACED" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">All authors of a submitted manuscript </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> state their contributions. The same applies even if the manuscript has a single author.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424EB5D1" w14:textId="12D89269" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00D630BF" w:rsidP="00392603">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="27A9EAB9" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00D630BF" w:rsidP="00392603">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>CRediT, Contributor Roles Taxonomy (</w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="000E7B76">
+        <w:r w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidR="00392603" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:t>is a high-level taxonomy that includes 14 roles typically played by the authors of a scientific paper. These include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A1E934" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="3C9E80E4" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conceptualization:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> ideas; formulation or evolution of overarching research goals and aims</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7C62FB" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="27C381D2" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Data curation:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> management activities to annotate (produce metadata), scrub data and maintain research data (including software code, where it is necessary for interpreting the data itself) for initial use and later re-use</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44EE1106" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="12582AB6" w14:textId="4050FDD4" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Formal analysis:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> application of statistical, mathematical, computational, or other formal techniques to </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00192D59" w:rsidRPr="00B31A9F">
+        <w:t>analyse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> or synthesize study data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0FE4D9" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="5B6B3E4A" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Funding acquisition:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> acquisition of the financial support for the project leading to this publication</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CB5897" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="3C41833C" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Investigation:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> conducting a research and investigation process, specifically performing the experiments, or data/evidence collection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1240CA" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="38547348" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Methodology:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> development or design of methodology; creation of models</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634C7E77" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="1AD76CDF" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Project administration:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> management and coordination responsibility for the research activity planning and execution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089C8974" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="55786713" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Resources:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> provision of study materials, reagents, materials, patients, laboratory samples, animals, instrumentation, computing resources, or other analysis tools</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7851E208" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="0717295C" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Software:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> programming, software development; designing computer programs; implementation of the computer code and supporting algorithms; testing of existing code components</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78594444" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="1E9A5FA7" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Supervision:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> oversight and leadership responsibility for the research activity planning and execution, including mentorship external to the core team</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139CCC2F" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="23544A1C" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Validation:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> verification, whether as a part of the activity or separate, of the overall replication/reproducibility of results/experiments and other research outputs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0151D4B6" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="73ABCFBD" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Visualization:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> preparation, creation and/or presentation of the published work, specifically visualization/data presentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B59EEFC" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="214D6F03" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Writing—original draft:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> preparation, creation and/or presentation of the published work, specifically writing the initial draft (including substantive translation)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0431FB1D" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+    <w:p w14:paraId="32A8888D" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Writing—review &amp; editing:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> preparation, creation and/or presentation of the published work by those from the original research group, specifically critical review, commentary or revision—including pre- or post-publication stages.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7B4401" w14:textId="123B326E" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="2D59335F" w14:textId="77777777" w:rsidR="00B94B75" w:rsidRPr="00B31A9F" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:lastRenderedPageBreak/>
         <w:t>The role titles are to be used ‘as is’ without any changes. For each author, the relevant roles are picked from the list, separated by commas</w:t>
       </w:r>
-      <w:r w:rsidR="001841C4">
+      <w:r w:rsidR="001841C4" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005DBCA0" w14:textId="77777777" w:rsidR="001841C4" w:rsidRDefault="001841C4" w:rsidP="00392603">
-      <w:pPr>
+    <w:p w14:paraId="068B677C" w14:textId="02450839" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="002977E9" w:rsidP="00392603">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04928BFD" w14:textId="44ED1F59" w:rsidR="00392603" w:rsidRPr="00B31A9F" w:rsidRDefault="002977E9" w:rsidP="00392603">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001841C4">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1AE6" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="001841C4" w:rsidRPr="001841C4">
+      <w:r w:rsidR="001841C4" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ame</w:t>
       </w:r>
-      <w:r w:rsidRPr="001841C4">
+      <w:r w:rsidR="006F1AE6" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Surname</w:t>
       </w:r>
-      <w:r w:rsidR="00392603" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00392603" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Conceptualization, Funding acquisition, Methodology, Writing—original draft, Writing—review &amp; editing. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001841C4">
+      <w:r w:rsidR="006F1AE6" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Name Surname</w:t>
       </w:r>
-      <w:r w:rsidR="00392603" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00392603" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00392603" w:rsidRPr="00B31A9F">
         <w:t>Supervision, Validation, Writing—review &amp; editing.</w:t>
       </w:r>
-      <w:r w:rsidR="00A00D69" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00A00D69" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001841C4">
+      <w:r w:rsidR="006F1AE6" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Name Surname</w:t>
       </w:r>
-      <w:r w:rsidR="00A00D69" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00A00D69" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00A00D69" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00A00D69" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> Methodology, Supervision, Validation, Writing—review &amp; editing.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6465BC1B" w14:textId="46563FA9" w:rsidR="009A6981" w:rsidRPr="000E7B76" w:rsidRDefault="009A6981" w:rsidP="009A6981">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051126E1" w14:textId="77777777" w:rsidR="009A6981" w:rsidRPr="00B31A9F" w:rsidRDefault="009A6981" w:rsidP="009A6981">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Data availability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DEE5311" w14:textId="1CD686B2" w:rsidR="00B17BD0" w:rsidRPr="000E7B76" w:rsidRDefault="0096494A" w:rsidP="009A6981">
-[...3 lines deleted...]
-      <w:r w:rsidR="00B17BD0" w:rsidRPr="000E7B76">
+    <w:p w14:paraId="4E4B9115" w14:textId="07EBEEDF" w:rsidR="0074740B" w:rsidRPr="00B31A9F" w:rsidRDefault="0074740B" w:rsidP="009A6981">
+      <w:pPr>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">The manuscript </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> include a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">statement about how the data on which the manuscript is based on can be accessed (in exceptional cases, a plausible motivation for why </w:t>
+      </w:r>
+      <w:r w:rsidR="008253E4">
+        <w:t xml:space="preserve">access </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>is not possible must be given).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71189850" w14:textId="77777777" w:rsidR="00B31A9F" w:rsidRPr="00B31A9F" w:rsidRDefault="0074740B" w:rsidP="0019382D">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Generally, t</w:t>
+      </w:r>
+      <w:r w:rsidR="0096494A" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">he authors are </w:t>
+      </w:r>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>strongly</w:t>
+      </w:r>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
-[...5 lines deleted...]
-      <w:r w:rsidR="00B17C09" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="0096494A" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">encouraged </w:t>
+      </w:r>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">together with publication of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00192D59" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">research </w:t>
+      </w:r>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">results </w:t>
+      </w:r>
+      <w:r w:rsidR="0096494A" w:rsidRPr="00B31A9F">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17BD0" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> share </w:t>
+      </w:r>
+      <w:r w:rsidR="00B17C09" w:rsidRPr="00B31A9F">
         <w:t>relevant</w:t>
       </w:r>
-      <w:r w:rsidR="00B17BD0" w:rsidRPr="000E7B76">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B17BD0" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> data and methodology (e.g. computer code)</w:t>
+      </w:r>
+      <w:r w:rsidR="0096494A" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> through open access repositories.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">The anonymized dataset and analysis code can be downloaded at </w:t>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00192D59" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">It remains the authors' </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>duty</w:t>
+      </w:r>
+      <w:r w:rsidR="00192D59" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> to share </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00192D59" w:rsidRPr="00B31A9F">
+        <w:t>data res</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA162C" w:rsidRPr="00B31A9F">
+        <w:t>ponsibly</w:t>
+      </w:r>
+      <w:r w:rsidR="0019382D" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0019382D" w:rsidRPr="00B31A9F">
+        <w:t>Responsible data sharing aims to maximize transparency and scientific value while ensuring that no information is disclosed that could compromise the privacy, dignity, or safety of the individuals involved.</w:t>
+      </w:r>
+      <w:r w:rsidR="0019382D" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> This is achieved through a </w:t>
+      </w:r>
+      <w:r w:rsidR="0019382D" w:rsidRPr="00B31A9F">
+        <w:t>combination of ethical, technical, and procedural safeguards</w:t>
+      </w:r>
+      <w:r w:rsidR="0019382D" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16395CBF" w14:textId="77777777" w:rsidR="00B31A9F" w:rsidRPr="00B31A9F" w:rsidRDefault="0019382D" w:rsidP="00B31A9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">btaining </w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>informed consent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F778A5" w14:textId="77777777" w:rsidR="00B31A9F" w:rsidRPr="00B31A9F" w:rsidRDefault="0019382D" w:rsidP="00B31A9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>emoving or transforming identifiable information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64817889" w14:textId="77777777" w:rsidR="00B31A9F" w:rsidRPr="00B31A9F" w:rsidRDefault="00B31A9F" w:rsidP="00B31A9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>applying data-minimization principles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA36C71" w14:textId="77777777" w:rsidR="00B31A9F" w:rsidRPr="00B31A9F" w:rsidRDefault="00B31A9F" w:rsidP="00B31A9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">using </w:t>
+      </w:r>
+      <w:r w:rsidR="0019382D" w:rsidRPr="00B31A9F">
+        <w:t>controlled‑access repositories</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74230E57" w14:textId="77777777" w:rsidR="00B31A9F" w:rsidRPr="00B31A9F" w:rsidRDefault="00B31A9F" w:rsidP="00B31A9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0019382D" w:rsidRPr="00B31A9F">
+        <w:t>mplementing legal and contractual protections</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451613D6" w14:textId="18C2617F" w:rsidR="0019382D" w:rsidRPr="00B31A9F" w:rsidRDefault="00B31A9F" w:rsidP="00B31A9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0019382D" w:rsidRPr="00B31A9F">
+        <w:t>roviding transparent metadata and documentation so that methods and decisions are visible even when raw data cannot be released.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3397BF" w14:textId="0E6708B5" w:rsidR="00B31A9F" w:rsidRDefault="008253E4" w:rsidP="009A6981">
+      <w:r>
+        <w:t>The a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008253E4">
+        <w:t xml:space="preserve">uthors </w:t>
+      </w:r>
+      <w:r>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008253E4">
+        <w:t xml:space="preserve"> clearly state the specific licence applied to their dataset—using the full licence name and, where possible, its official URL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D97D64C" w14:textId="20E43E37" w:rsidR="001841C4" w:rsidRPr="00B31A9F" w:rsidRDefault="00833D67" w:rsidP="009A6981">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2504FDFF" w14:textId="71D7FC76" w:rsidR="009A6981" w:rsidRPr="00B31A9F" w:rsidRDefault="002977E9" w:rsidP="009A6981">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="009A6981" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">The dataset and </w:t>
+      </w:r>
+      <w:r w:rsidR="00833D67" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">the statistical </w:t>
+      </w:r>
+      <w:r w:rsidR="009A6981" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">analysis code can be downloaded at </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="0096494A" w:rsidRPr="001841C4">
+        <w:r w:rsidR="0096494A" w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/xxxx/xxxyyy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001841C4">
+      <w:r w:rsidR="008253E4">
+        <w:t xml:space="preserve">, shared </w:t>
+      </w:r>
+      <w:r w:rsidR="008253E4" w:rsidRPr="008253E4">
+        <w:t xml:space="preserve">under the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="008253E4" w:rsidRPr="008253E4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Creative Commons Attribution 4.0</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008253E4" w:rsidRPr="008253E4">
+        <w:t xml:space="preserve"> licence, which permits reuse and distribution provided proper attribution is given.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B90F80D" w14:textId="089CF9E2" w:rsidR="0096494A" w:rsidRPr="00B31A9F" w:rsidRDefault="007001F6" w:rsidP="009A6981">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="0096494A" w:rsidRPr="00B31A9F">
+        <w:t>The data are available on request to the authors.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> Starting from </w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t>January 2027</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t>, such practice will no longer be accept</w:t>
+      </w:r>
+      <w:r w:rsidR="008253E4">
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CC171E" w14:textId="00CDCA56" w:rsidR="00B31A9F" w:rsidRPr="00B31A9F" w:rsidRDefault="0074740B" w:rsidP="00B31A9F">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">The datasets generated during the current study cannot be shared due to restrictions imposed </w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t>by the ethical approval and consent procedures.</w:t>
+      </w:r>
+      <w:r w:rsidR="008253E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">owever, detailed metadata and documentation describing the data collection, variables, and analytical procedures can be accessed </w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t>at XXX</w:t>
+      </w:r>
+      <w:r w:rsidR="008253E4">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008253E4" w:rsidRPr="008253E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008253E4">
+        <w:t xml:space="preserve">shared </w:t>
+      </w:r>
+      <w:r w:rsidR="008253E4" w:rsidRPr="008253E4">
+        <w:t xml:space="preserve">under the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="008253E4" w:rsidRPr="008253E4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Creative Commons Attribution 4.0</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008253E4" w:rsidRPr="008253E4">
+        <w:t xml:space="preserve"> licence</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-    <w:p w14:paraId="45639E47" w14:textId="6185644B" w:rsidR="00471560" w:rsidRPr="000E7B76" w:rsidRDefault="00471560" w:rsidP="00820E0A">
+      <w:r w:rsidR="00B31A9F" w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103E0D22" w14:textId="3E111400" w:rsidR="00833D67" w:rsidRPr="00B31A9F" w:rsidRDefault="00833D67" w:rsidP="00833D67">
+      <w:pPr>
+        <w:pStyle w:val="HeadingNoNumber"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Ethics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378A86B4" w14:textId="1917A10F" w:rsidR="00833D67" w:rsidRPr="00B31A9F" w:rsidRDefault="00833D67" w:rsidP="00833D67">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">A submitted manuscript </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> include the ethics statement. Usually, it will contain a reference to the ethical evaluation of the research plan performed by a relevant authority (specifying the authority and the decision identifier). If a study was exempted from requiring an ethical approval, the reasons for and the procedure for arriving at such conclusion must be provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585E6774" w14:textId="7DDDC2C1" w:rsidR="00833D67" w:rsidRPr="00B31A9F" w:rsidRDefault="00833D67" w:rsidP="00833D67">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B3B298" w14:textId="59FD0DD1" w:rsidR="00833D67" w:rsidRPr="00B31A9F" w:rsidRDefault="00833D67" w:rsidP="00833D67">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:lastRenderedPageBreak/>
+        <w:t>‘The methods for data collection, analysis, and preservation in the present study have been approved by Swedish Ethical Review Authority (Decision XXX-YYY).’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06917DD0" w14:textId="56817479" w:rsidR="00833D67" w:rsidRPr="00B31A9F" w:rsidRDefault="00833D67" w:rsidP="00833D67">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘This research utilized only official accident statistics data provided by the European Road Safety Observatory (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00B31A9F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.erso.eu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>). The data is available in aggregated form only and contain no personal records or any sensitive details. Therefore, no ethical evaluation was applied for.’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52291232" w14:textId="77777777" w:rsidR="00833D67" w:rsidRPr="00B31A9F" w:rsidRDefault="00833D67" w:rsidP="00833D67">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Funding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3644D742" w14:textId="77777777" w:rsidR="00142B11" w:rsidRPr="00B31A9F" w:rsidRDefault="00833D67" w:rsidP="00833D67">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">The authors </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
-[...27 lines deleted...]
-    <w:p w14:paraId="31D18658" w14:textId="1CF2C5B9" w:rsidR="00C35EF4" w:rsidRPr="000E7B76" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> state which funding agencies, and through which grants, financed the research described in the manuscript. If no external funding was received, it should be clearly stated so.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CEF8529" w14:textId="41D57DB8" w:rsidR="00833D67" w:rsidRPr="00B31A9F" w:rsidRDefault="00833D67" w:rsidP="00833D67">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">If a funder directly affected some of the decisions related to this research, this must be clearly described. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD444B8" w14:textId="07D1A735" w:rsidR="00833D67" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="00833D67">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295D23FB" w14:textId="560A16E2" w:rsidR="00833D67" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="00833D67">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00833D67" w:rsidRPr="00B31A9F">
+        <w:t>This research was funded by the Swedish Transport Administration (grant XXX-XXX).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7368B9CB" w14:textId="77777777" w:rsidR="00142B11" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="00833D67">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘This study was supported by the Transport Research Council (Grant No. XXXX-XX). The funder participated in certain aspects of the research design, specifically in defining the initial scope of the study and identifying priority research questions. The funder had no role in data analysis and the interpretation of results, and all authors retained full autonomy over the writing of the manuscript.’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52BF9C77" w14:textId="658782F2" w:rsidR="00833D67" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="00833D67">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00833D67" w:rsidRPr="00B31A9F">
+        <w:t>No external funding was used in this research.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751D8BBA" w14:textId="35331EA2" w:rsidR="00C35EF4" w:rsidRPr="00B31A9F" w:rsidRDefault="00833D67" w:rsidP="00C35EF4">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35EF4" w:rsidRPr="00B31A9F">
+        <w:t>enerative AI use in writing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53664E80" w14:textId="77777777" w:rsidR="00B94B75" w:rsidRPr="00B31A9F" w:rsidRDefault="00C35EF4" w:rsidP="00E90B2B">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">The authors </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> state whether in preparation of the manuscript they used generative AI or AI-assisted tools, and if so, specify the tool and the reason for using it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D24F424" w14:textId="77777777" w:rsidR="001841C4" w:rsidRDefault="001841C4" w:rsidP="00C35EF4"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001841C4">
+    <w:p w14:paraId="0986423B" w14:textId="7A7E1E88" w:rsidR="00C35EF4" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="00E90B2B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5B8290" w14:textId="77777777" w:rsidR="00142B11" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35EF4" w:rsidRPr="00B31A9F">
         <w:t>The authors declare that no generative AI was used in this work.</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001841C4">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59033C25" w14:textId="16C47633" w:rsidR="00C35EF4" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="00C35EF4">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35EF4" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">During the preparation of this work the authors used XXX (tool, version) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001841C4">
+      <w:r w:rsidR="00C35EF4" w:rsidRPr="00B31A9F">
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="001841C4">
+      <w:r w:rsidR="00C35EF4" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> YYY (reason). The output was reviewed and revised by the authors who take full responsibility for the content of the publication.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3C7B4AAA" w14:textId="577EDB0A" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2F6140" w14:textId="56EB24D9" w:rsidR="007C2BB5" w:rsidRPr="00B31A9F" w:rsidRDefault="007C2BB5" w:rsidP="007C2BB5">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>Prior dissemination</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5265BE31" w14:textId="77777777" w:rsidR="00B94B75" w:rsidRPr="00B31A9F" w:rsidRDefault="007C2BB5" w:rsidP="007C2BB5">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">If the current research derives from earlier </w:t>
+      </w:r>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">disseminated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>works (e.g. preprints, conference presentations, reports</w:t>
+      </w:r>
+      <w:r w:rsidR="00142B11" w:rsidRPr="00B31A9F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> or academic theses), it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
-[...8 lines deleted...]
-      <w:r w:rsidR="001841C4">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> be clearly stated here.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614A09A1" w14:textId="6EB5E02B" w:rsidR="007C2BB5" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="007C2BB5">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378F952E" w14:textId="422E4B84" w:rsidR="00142B11" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="007C2BB5">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘An earlier version of this work was presented as a poster at XXX conference, held in Madrid, Spain, on 11–12 March 2025.’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF5C909" w14:textId="19A15D9E" w:rsidR="00142B11" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="007C2BB5">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:t>An extended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
-[...15 lines deleted...]
-    <w:p w14:paraId="08457F51" w14:textId="301C5931" w:rsidR="009A6981" w:rsidRPr="000E7B76" w:rsidRDefault="009A6981" w:rsidP="00820E0A">
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">version of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>work was also published as a</w:t>
+      </w:r>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> governmental</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> report</w:t>
+      </w:r>
+      <w:r w:rsidR="007577B8" w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve"> XXXX-23/56.’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18892B2D" w14:textId="7A4D38AD" w:rsidR="007C2BB5" w:rsidRPr="00B31A9F" w:rsidRDefault="007577B8" w:rsidP="009A6981">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘The pre-review version of this manuscript was included in the doctoral thesis of XXXXX, defended 2026 at the University of Technology, Sweden.’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A189E3C" w14:textId="2924761E" w:rsidR="00B94B75" w:rsidRPr="00B31A9F" w:rsidRDefault="00B94B75" w:rsidP="009A6981">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">Pre-review version of this manuscript was published as a preprint at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>XXXXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D08739B" w14:textId="77777777" w:rsidR="00471560" w:rsidRPr="00B31A9F" w:rsidRDefault="00471560" w:rsidP="001F6188">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
-        <w:rPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6894A6BD" w14:textId="77777777" w:rsidR="00142B11" w:rsidRPr="00B31A9F" w:rsidRDefault="00E875E9" w:rsidP="00142B11">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>must</w:t>
-[...34 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Traffic Safety Research</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F94AD7" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00F94AD7" w:rsidRPr="00B31A9F">
         <w:t>applie</w:t>
       </w:r>
-      <w:r w:rsidR="00D630BF" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00D630BF" w:rsidRPr="00B31A9F">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> the APA referencing style, 7</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> edition</w:t>
       </w:r>
-      <w:r w:rsidR="00B413F3" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B413F3" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00B413F3" w:rsidRPr="000E7B76">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00B413F3" w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B413F3" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00B413F3" w:rsidRPr="00B31A9F">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="005E04FE" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="005E04FE" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02492204" w14:textId="57E8F100" w:rsidR="00E875E9" w:rsidRPr="00926132" w:rsidRDefault="004E58A2" w:rsidP="00D43276">
+    <w:p w14:paraId="5847E616" w14:textId="6DF0BD2E" w:rsidR="00926132" w:rsidRPr="00B31A9F" w:rsidRDefault="00142B11" w:rsidP="00D43276">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>The DOI identifier should always be provided when available. Note that the identifier must be a full hyperlink including ‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>https://doi.org/…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t>’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5952BF98" w14:textId="77777777" w:rsidR="00E875E9" w:rsidRPr="00B31A9F" w:rsidRDefault="004E58A2" w:rsidP="00D43276">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00926132">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="00926132">
+      <w:r w:rsidR="00E875E9" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00926132">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>text</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="00926132">
+      <w:r w:rsidR="00E875E9" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> references</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11037C6E" w14:textId="13221B73" w:rsidR="00F94AD7" w:rsidRPr="001841C4" w:rsidRDefault="00F94AD7" w:rsidP="00B17B31">
-      <w:r w:rsidRPr="001841C4">
+    <w:p w14:paraId="2E522A92" w14:textId="77777777" w:rsidR="00142B11" w:rsidRPr="00B31A9F" w:rsidRDefault="00F94AD7" w:rsidP="00B17B31">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Many e</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00E875E9" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">valuation studies do not account for </w:t>
       </w:r>
-      <w:r w:rsidRPr="001841C4">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>the effects of well-known</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00E875E9" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> confounding factors </w:t>
       </w:r>
-      <w:r w:rsidR="004E58A2" w:rsidRPr="001841C4">
+      <w:r w:rsidR="004E58A2" w:rsidRPr="00B31A9F">
         <w:t>(Elvik 1997</w:t>
       </w:r>
-      <w:r w:rsidR="00125426" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00125426" w:rsidRPr="00B31A9F">
         <w:t>; Hauer 2015</w:t>
       </w:r>
-      <w:r w:rsidR="004E58A2" w:rsidRPr="001841C4">
+      <w:r w:rsidR="004E58A2" w:rsidRPr="00B31A9F">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00E875E9" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00E875E9" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008C12D8">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001841C4">
+    </w:p>
+    <w:p w14:paraId="568D0FBF" w14:textId="07B10D26" w:rsidR="00F94AD7" w:rsidRPr="00B31A9F" w:rsidRDefault="00F94AD7" w:rsidP="00B17B31">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>As shown by Elvik (1997)</w:t>
       </w:r>
-      <w:r w:rsidR="00125426" w:rsidRPr="001841C4">
+      <w:r w:rsidR="00125426" w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> and Hauer (2015)</w:t>
       </w:r>
-      <w:r w:rsidRPr="001841C4">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>, many evaluation studies do not account for the effects of well-known confounding factors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC94327" w14:textId="0393CB3F" w:rsidR="00D630BF" w:rsidRPr="00926132" w:rsidRDefault="00D630BF" w:rsidP="00DF0756">
+    <w:p w14:paraId="7CA1F0F1" w14:textId="77777777" w:rsidR="00D630BF" w:rsidRPr="00B31A9F" w:rsidRDefault="00D630BF" w:rsidP="00DF0756">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00926132">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Reference list</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D221C0A" w14:textId="77777777" w:rsidR="0055331A" w:rsidRPr="00B12AB9" w:rsidRDefault="00105C59" w:rsidP="00DF0756">
+    <w:p w14:paraId="6BA55698" w14:textId="77777777" w:rsidR="0055331A" w:rsidRPr="00B31A9F" w:rsidRDefault="00105C59" w:rsidP="00DF0756">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal article</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609A828C" w14:textId="5F905CF6" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
+    <w:p w14:paraId="40F7E79A" w14:textId="77777777" w:rsidR="00B413F3" w:rsidRPr="00B31A9F" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Belin, M.-Å., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Tillgren</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">, P., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Vedung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">, E. (2012). Vision Zero – a road safety policy innovation. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>International Journal of Injury Control and Safety Promotion</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">, 19(2), 171–179. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00B12AB9">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/17457300.2011.635213</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="228F29AD" w14:textId="20165CF6" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
+    <w:p w14:paraId="017CC575" w14:textId="2137EC9F" w:rsidR="00B413F3" w:rsidRPr="00B31A9F" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Godthelp, H. (2023). Towards a safe system in low- and middle-income countries: vehicles that guide drivers on self-explaining roads. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Traffic Safety Research</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
+        <w:t xml:space="preserve">, e000029. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.55329/avnw4364</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="693E8C24" w14:textId="77777777" w:rsidR="00CE14D2" w:rsidRPr="00B12AB9" w:rsidRDefault="00CE14D2" w:rsidP="00DF0756">
+    <w:p w14:paraId="2AAFCA0F" w14:textId="77777777" w:rsidR="00CE14D2" w:rsidRPr="00B31A9F" w:rsidRDefault="00CE14D2" w:rsidP="00DF0756">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F93270F" w14:textId="2E9B810E" w:rsidR="009C49AA" w:rsidRPr="00B12AB9" w:rsidRDefault="009C49AA" w:rsidP="009C49AA">
+    <w:p w14:paraId="34E76FE7" w14:textId="77777777" w:rsidR="009C49AA" w:rsidRPr="00B31A9F" w:rsidRDefault="009C49AA" w:rsidP="009C49AA">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Gettman, D., Pu, L., Sayed, T., &amp; Shelby, S. (2008). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Surrogate Safety Assessment Model and Validation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> (Report No. FHWA-HRT-08-051). Federal Highway Administration. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00B413F3" w:rsidRPr="00B12AB9">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00B413F3" w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.fhwa.dot.gov/publications/research/safety/08051/08051.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B4E2617" w14:textId="77777777" w:rsidR="00CC054F" w:rsidRPr="00B12AB9" w:rsidRDefault="00CC054F" w:rsidP="00DF0756">
+    <w:p w14:paraId="2DBCB6B7" w14:textId="77777777" w:rsidR="00CC054F" w:rsidRPr="00B31A9F" w:rsidRDefault="00CC054F" w:rsidP="00DF0756">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Conference paper</w:t>
       </w:r>
-      <w:r w:rsidR="00D630BF" w:rsidRPr="00B12AB9">
+      <w:r w:rsidR="00D630BF" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>/presentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301830AD" w14:textId="77777777" w:rsidR="00C82F86" w:rsidRPr="00B12AB9" w:rsidRDefault="00C82F86" w:rsidP="00B413F3">
+    <w:p w14:paraId="3BBA58BE" w14:textId="77777777" w:rsidR="00C82F86" w:rsidRPr="00B31A9F" w:rsidRDefault="00C82F86" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Elvik, R., Erke, A., &amp; Christensen, P. (2009, 11–15 January). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Elementary units of exposure</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>. TRB Annual Meeting, Washington D. C., USA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B101B1D" w14:textId="4D47041D" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
+    <w:p w14:paraId="76EB5370" w14:textId="77777777" w:rsidR="00B413F3" w:rsidRPr="00B31A9F" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Güttinger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">, V. A. (1982). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>From Accidents to Conflicts: Alternative Safety Measurement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">. International Workshop on Traffic Conflicts Techniques, Leidschendam, the Netherlands. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="00B12AB9">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.ictct.net/wp-content/uploads/XX-Leidschendam-1982/Guttinger_1982.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="23ECFF34" w14:textId="77777777" w:rsidR="006A010B" w:rsidRPr="00B12AB9" w:rsidRDefault="006A010B" w:rsidP="00DF0756">
+    <w:p w14:paraId="3CECF31D" w14:textId="77777777" w:rsidR="006A010B" w:rsidRPr="00B31A9F" w:rsidRDefault="006A010B" w:rsidP="00DF0756">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Book</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5607354C" w14:textId="152EBA88" w:rsidR="00B17B31" w:rsidRPr="00B12AB9" w:rsidRDefault="00B17B31" w:rsidP="00B17B31">
+    <w:p w14:paraId="69376A16" w14:textId="77777777" w:rsidR="00B17B31" w:rsidRPr="00B31A9F" w:rsidRDefault="00B17B31" w:rsidP="00B17B31">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Edvardsson Björnberg, K., Hansson, S. O., Belin, M.-Å., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Tingvall</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">, C. (Eds.) (2023). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The Vision Zero Handbook: Theory, Technology and Management for a Zero Casualty Policy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidRPr="00B12AB9">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/978-3-030-76505-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D94826B" w14:textId="480FE80C" w:rsidR="009C49AA" w:rsidRPr="00B12AB9" w:rsidRDefault="009C49AA" w:rsidP="00B413F3">
+    <w:p w14:paraId="0DEDC3EF" w14:textId="77777777" w:rsidR="009C49AA" w:rsidRPr="00B31A9F" w:rsidRDefault="009C49AA" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Hauer, E. (2015). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The art of regression modelling in road safety</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="00B413F3" w:rsidRPr="00B12AB9">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00B413F3" w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/978-3-319-12529-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="755C2C98" w14:textId="77777777" w:rsidR="002278BF" w:rsidRPr="00B12AB9" w:rsidRDefault="00587FBF" w:rsidP="00DF0756">
+    <w:p w14:paraId="7582578D" w14:textId="77777777" w:rsidR="002278BF" w:rsidRPr="00B31A9F" w:rsidRDefault="00587FBF" w:rsidP="00DF0756">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="002278BF" w:rsidRPr="00B12AB9">
+      <w:r w:rsidR="002278BF" w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ook</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C27A872" w14:textId="0679B015" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
+    <w:p w14:paraId="2465B11D" w14:textId="77777777" w:rsidR="00B413F3" w:rsidRPr="00B31A9F" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Hansson, S. O. (2023). Zero Visions and Other Safety Principles. In K. Edvardsson Björnberg, S. O. Hansson, M.-Å. Belin, &amp; C. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>Tingvall</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> (Eds.), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The Vision Zero Handbook: Theory, Technology and Management for a Zero Casualty Policy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00B12AB9">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/978-3-030-76505-7_2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4876068A" w14:textId="77777777" w:rsidR="002278BF" w:rsidRPr="00B12AB9" w:rsidRDefault="002278BF" w:rsidP="00DF0756">
+    <w:p w14:paraId="6C4866CC" w14:textId="77777777" w:rsidR="002278BF" w:rsidRPr="00B31A9F" w:rsidRDefault="002278BF" w:rsidP="00DF0756">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Thesis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E5AFFA" w14:textId="07BA5484" w:rsidR="00C4008B" w:rsidRPr="00B12AB9" w:rsidRDefault="00C4008B" w:rsidP="00C4008B">
+    <w:p w14:paraId="309C81F8" w14:textId="77777777" w:rsidR="00C4008B" w:rsidRPr="00B31A9F" w:rsidRDefault="00C4008B" w:rsidP="00C4008B">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">Hydén, C. (1987). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The development of a method for traffic safety evaluation: the Swedish traffic conflict technique</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve"> [Doctoral thesis, Lund University]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00B12AB9">
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.ictct.net/wp-content/uploads/SMoS_Library/LIB_Hyden_1987.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="709CED79" w14:textId="77777777" w:rsidR="00DF0756" w:rsidRPr="00B12AB9" w:rsidRDefault="00DE5E71" w:rsidP="00DF0756">
+    <w:p w14:paraId="7F32C342" w14:textId="77777777" w:rsidR="00DF0756" w:rsidRPr="00B31A9F" w:rsidRDefault="00DE5E71" w:rsidP="00DF0756">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Web-page</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4F4F2B46" w14:textId="17B51707" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00C82F86" w:rsidP="00B413F3">
+    <w:p w14:paraId="797D5178" w14:textId="72D83DE5" w:rsidR="00142B11" w:rsidRPr="00142B11" w:rsidRDefault="00C82F86" w:rsidP="00142B11">
       <w:pPr>
         <w:pStyle w:val="References"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00B12AB9">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>FHWA. (n</w:t>
       </w:r>
-      <w:r w:rsidR="00B17B31" w:rsidRPr="00B12AB9">
+      <w:r w:rsidR="00B17B31" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00B17B31" w:rsidRPr="00B12AB9">
+      <w:r w:rsidR="00B17B31" w:rsidRPr="00B31A9F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Crash modification factors clearinghouse</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12AB9">
+      <w:r w:rsidRPr="00B31A9F">
         <w:t xml:space="preserve">. U.S. Department of Transportation, Federal Highway Administration. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="00B413F3" w:rsidRPr="00B12AB9">
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00B413F3" w:rsidRPr="00B31A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.cmfclearinghouse.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="731E3EFD" w14:textId="77777777" w:rsidR="001841C4" w:rsidRPr="00B12AB9" w:rsidRDefault="001841C4" w:rsidP="00D630BF"/>
-[...21 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId27"/>
+    <w:sectPr w:rsidR="00142B11" w:rsidRPr="00142B11" w:rsidSect="00C87FA0">
+      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:headerReference w:type="first" r:id="rId30"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00626634" w14:textId="77777777" w:rsidR="00BF62DD" w:rsidRPr="000E7B76" w:rsidRDefault="00BF62DD" w:rsidP="007D2412">
+    <w:p w14:paraId="5EC3A672" w14:textId="77777777" w:rsidR="00D131F4" w:rsidRPr="00B31A9F" w:rsidRDefault="00D131F4" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08E2030D" w14:textId="77777777" w:rsidR="00BF62DD" w:rsidRPr="000E7B76" w:rsidRDefault="00BF62DD" w:rsidP="007D2412">
+    <w:p w14:paraId="19DDD550" w14:textId="77777777" w:rsidR="00D131F4" w:rsidRPr="00B31A9F" w:rsidRDefault="00D131F4" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -4462,112 +5194,109 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="831336018"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="4BE132AB" w14:textId="77777777" w:rsidR="00075D49" w:rsidRPr="000E7B76" w:rsidRDefault="00075D49" w:rsidP="000D1A00">
+      <w:p w14:paraId="0C7E3C42" w14:textId="77777777" w:rsidR="00075D49" w:rsidRPr="00B31A9F" w:rsidRDefault="00075D49" w:rsidP="000D1A00">
         <w:pPr>
           <w:jc w:val="center"/>
         </w:pPr>
-        <w:r w:rsidRPr="000E7B76">
+        <w:r w:rsidRPr="00B31A9F">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="000E7B76">
+        <w:r w:rsidRPr="00B31A9F">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="000E7B76">
+        <w:r w:rsidRPr="00B31A9F">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="000E7B76">
+        <w:r w:rsidRPr="00B31A9F">
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="000E7B76">
+        <w:r w:rsidRPr="00B31A9F">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1282BC4A" w14:textId="77777777" w:rsidR="00BF62DD" w:rsidRPr="000E7B76" w:rsidRDefault="00BF62DD" w:rsidP="007D2412">
+    <w:p w14:paraId="1CB9938B" w14:textId="77777777" w:rsidR="00D131F4" w:rsidRPr="00B31A9F" w:rsidRDefault="00D131F4" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F6E3397" w14:textId="77777777" w:rsidR="00BF62DD" w:rsidRPr="000E7B76" w:rsidRDefault="00BF62DD" w:rsidP="007D2412">
+    <w:p w14:paraId="30A20A38" w14:textId="77777777" w:rsidR="00D131F4" w:rsidRPr="00B31A9F" w:rsidRDefault="00D131F4" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00B31A9F">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="38373921" w14:textId="2EF3F8F0" w:rsidR="00C87FA0" w:rsidRDefault="00C87FA0">
+  <w:p w14:paraId="1595C33E" w14:textId="77777777" w:rsidR="00C87FA0" w:rsidRPr="00B31A9F" w:rsidRDefault="00C87FA0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="00B31A9F">
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60A1E74D" wp14:editId="3E336631">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56649B50" wp14:editId="6CA730C4">
           <wp:extent cx="2219325" cy="379372"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="2029893954" name="Picture 1" descr="A close-up of a logo&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2029893954" name="Picture 1" descr="A close-up of a logo&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -5490,50 +6219,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="418A0A4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B008CF92"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D684EFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41D022B2"/>
     <w:lvl w:ilvl="0" w:tplc="7650566E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5602,51 +6444,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="510043BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA8C8BC4"/>
     <w:lvl w:ilvl="0" w:tplc="2FB81676">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica" w:hint="default"/>
         <w:i/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5693,51 +6535,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51C37A9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBCCAC3C"/>
     <w:lvl w:ilvl="0" w:tplc="10000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5806,51 +6648,51 @@
     <w:lvl w:ilvl="7" w:tplc="10000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56C915CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9476062E"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5921,51 +6763,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="579524D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52AE3880"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6034,51 +6876,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E912828"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="758E5F3C"/>
     <w:lvl w:ilvl="0" w:tplc="10000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6147,51 +6989,51 @@
     <w:lvl w:ilvl="7" w:tplc="10000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="603F19E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAE8BE6E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6260,51 +7102,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63F04CCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83921622"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6373,51 +7215,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68F37203"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B4882C2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="783" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1503" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6486,51 +7328,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5823" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6543" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BF61AF7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ABF45C34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -6581,51 +7423,51 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D396D45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F07ED732"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6672,51 +7514,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E6900FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C76CF3B6"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6758,51 +7600,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E933CA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57B89070"/>
     <w:lvl w:ilvl="0" w:tplc="591CEEA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6872,51 +7714,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71447F7E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8E888532"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75FE552A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6FC30C4"/>
     <w:lvl w:ilvl="0" w:tplc="591CEEA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6986,51 +7941,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76573257"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BCF45040"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7099,51 +8054,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77AA0A04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B840E306"/>
     <w:lvl w:ilvl="0" w:tplc="2FB81676">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7189,51 +8144,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7859458C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78CCB5DC"/>
     <w:lvl w:ilvl="0" w:tplc="B9323B54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7303,51 +8258,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C115AF6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="041D001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -7389,51 +8344,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C703734"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15A015E2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7503,426 +8458,448 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1549951860">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="876548003">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1563443506">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1683586118">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="928005942">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="462501528">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="805976680">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1684238479">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1858694523">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="980890418">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1291403703">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1188300702">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="76557641">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="948927955">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1750497476">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1498185315">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1561407199">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="279193114">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1143429668">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1674717926">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1561407199">
+  <w:num w:numId="21" w16cid:durableId="1124806136">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="726026233">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="279193114">
-[...13 lines deleted...]
-  </w:num>
   <w:num w:numId="23" w16cid:durableId="1187645656">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1407802127">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="849946573">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1163661675">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1478105550">
     <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1420298361">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1922134643">
+    <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;1&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
     <w:docVar w:name="EN.Layout" w:val="&lt;ENLayout&gt;&lt;Style&gt;Traffic Safety Research—An Interdisciplinary Journal&lt;/Style&gt;&lt;LeftDelim&gt;{&lt;/LeftDelim&gt;&lt;RightDelim&gt;}&lt;/RightDelim&gt;&lt;FontName&gt;Times New Roman&lt;/FontName&gt;&lt;FontSize&gt;10&lt;/FontSize&gt;&lt;ReflistTitle&gt;&lt;/ReflistTitle&gt;&lt;StartingRefnum&gt;1&lt;/StartingRefnum&gt;&lt;FirstLineIndent&gt;0&lt;/FirstLineIndent&gt;&lt;HangingIndent&gt;720&lt;/HangingIndent&gt;&lt;LineSpacing&gt;0&lt;/LineSpacing&gt;&lt;SpaceAfter&gt;0&lt;/SpaceAfter&gt;&lt;HyperlinksEnabled&gt;0&lt;/HyperlinksEnabled&gt;&lt;HyperlinksVisible&gt;0&lt;/HyperlinksVisible&gt;&lt;EnableBibliographyCategories&gt;0&lt;/EnableBibliographyCategories&gt;&lt;/ENLayout&gt;"/>
     <w:docVar w:name="EN.Libraries" w:val="&lt;Libraries&gt;&lt;item db-id=&quot;xxf25xdsbr9dr5ep9ztv09d3v59a20xx9dpp&quot;&gt;000008&lt;record-ids&gt;&lt;item&gt;2&lt;/item&gt;&lt;/record-ids&gt;&lt;/item&gt;&lt;/Libraries&gt;"/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00B31E6A"/>
+    <w:rsidRoot w:val="00103ACD"/>
     <w:rsid w:val="00011738"/>
     <w:rsid w:val="0001255C"/>
     <w:rsid w:val="000157FF"/>
     <w:rsid w:val="00015AE5"/>
     <w:rsid w:val="00022C2A"/>
     <w:rsid w:val="000317B2"/>
     <w:rsid w:val="00034B26"/>
     <w:rsid w:val="00034F61"/>
     <w:rsid w:val="00051C83"/>
     <w:rsid w:val="00052A14"/>
     <w:rsid w:val="00053AA4"/>
     <w:rsid w:val="000608F8"/>
     <w:rsid w:val="00064C3C"/>
     <w:rsid w:val="000672A2"/>
     <w:rsid w:val="00072A74"/>
     <w:rsid w:val="00074313"/>
     <w:rsid w:val="000753F7"/>
     <w:rsid w:val="00075D49"/>
     <w:rsid w:val="00091CFE"/>
     <w:rsid w:val="00094DD3"/>
     <w:rsid w:val="00095BF5"/>
     <w:rsid w:val="000A0E50"/>
     <w:rsid w:val="000A7D3C"/>
     <w:rsid w:val="000C08D2"/>
     <w:rsid w:val="000C3F5B"/>
     <w:rsid w:val="000C786D"/>
     <w:rsid w:val="000D1A00"/>
     <w:rsid w:val="000D31FD"/>
     <w:rsid w:val="000E1714"/>
     <w:rsid w:val="000E6845"/>
     <w:rsid w:val="000E7B76"/>
     <w:rsid w:val="000F1569"/>
     <w:rsid w:val="000F5DEC"/>
     <w:rsid w:val="00101CB1"/>
+    <w:rsid w:val="00103ACD"/>
     <w:rsid w:val="00105C59"/>
     <w:rsid w:val="00111C46"/>
     <w:rsid w:val="0011384D"/>
     <w:rsid w:val="001142D5"/>
     <w:rsid w:val="001228F9"/>
     <w:rsid w:val="00125426"/>
     <w:rsid w:val="001364D0"/>
     <w:rsid w:val="00136C25"/>
     <w:rsid w:val="00136FDE"/>
     <w:rsid w:val="00141A3E"/>
+    <w:rsid w:val="00142B11"/>
     <w:rsid w:val="00146C64"/>
     <w:rsid w:val="00151B72"/>
     <w:rsid w:val="00152685"/>
     <w:rsid w:val="0016194C"/>
     <w:rsid w:val="00165877"/>
     <w:rsid w:val="00170D79"/>
     <w:rsid w:val="00174026"/>
     <w:rsid w:val="00175069"/>
     <w:rsid w:val="001841C4"/>
     <w:rsid w:val="001915B9"/>
     <w:rsid w:val="0019224A"/>
+    <w:rsid w:val="00192D59"/>
+    <w:rsid w:val="0019382D"/>
     <w:rsid w:val="001951BF"/>
     <w:rsid w:val="00196CCF"/>
     <w:rsid w:val="001B5BF8"/>
     <w:rsid w:val="001C4DAB"/>
     <w:rsid w:val="001C7BFD"/>
     <w:rsid w:val="001D0D70"/>
     <w:rsid w:val="001D27AB"/>
     <w:rsid w:val="001E1EC1"/>
     <w:rsid w:val="001E4D52"/>
     <w:rsid w:val="001F05F9"/>
     <w:rsid w:val="001F6188"/>
     <w:rsid w:val="00201570"/>
     <w:rsid w:val="0021078C"/>
     <w:rsid w:val="00213731"/>
     <w:rsid w:val="00216B3C"/>
     <w:rsid w:val="00217422"/>
     <w:rsid w:val="00224420"/>
     <w:rsid w:val="002278BF"/>
     <w:rsid w:val="00240A9D"/>
     <w:rsid w:val="00240F95"/>
     <w:rsid w:val="002440CC"/>
     <w:rsid w:val="002529A0"/>
     <w:rsid w:val="00252E45"/>
     <w:rsid w:val="00256924"/>
     <w:rsid w:val="002637A3"/>
     <w:rsid w:val="00266870"/>
     <w:rsid w:val="00272E6C"/>
     <w:rsid w:val="002752C4"/>
     <w:rsid w:val="002939F9"/>
     <w:rsid w:val="00294BC2"/>
+    <w:rsid w:val="002977E9"/>
     <w:rsid w:val="002A1399"/>
     <w:rsid w:val="002A4940"/>
     <w:rsid w:val="002D3711"/>
     <w:rsid w:val="002D38B5"/>
     <w:rsid w:val="002D5C86"/>
     <w:rsid w:val="002F1DC6"/>
     <w:rsid w:val="002F30C7"/>
     <w:rsid w:val="002F43A7"/>
     <w:rsid w:val="003014CC"/>
     <w:rsid w:val="003100C2"/>
     <w:rsid w:val="0031538A"/>
     <w:rsid w:val="003220E6"/>
     <w:rsid w:val="00324D7D"/>
     <w:rsid w:val="00324E0E"/>
+    <w:rsid w:val="0033298F"/>
     <w:rsid w:val="003358D5"/>
     <w:rsid w:val="0034229E"/>
     <w:rsid w:val="0035690A"/>
     <w:rsid w:val="00364853"/>
     <w:rsid w:val="0036490C"/>
     <w:rsid w:val="00365D7C"/>
     <w:rsid w:val="00366627"/>
     <w:rsid w:val="00370628"/>
     <w:rsid w:val="003776B5"/>
     <w:rsid w:val="00387853"/>
     <w:rsid w:val="00392603"/>
     <w:rsid w:val="00395CEB"/>
     <w:rsid w:val="003A206C"/>
     <w:rsid w:val="003A75A6"/>
     <w:rsid w:val="003D1190"/>
     <w:rsid w:val="003E5150"/>
     <w:rsid w:val="003E5535"/>
     <w:rsid w:val="003F3547"/>
     <w:rsid w:val="00402F7A"/>
     <w:rsid w:val="00406379"/>
     <w:rsid w:val="004066DF"/>
     <w:rsid w:val="004076BE"/>
     <w:rsid w:val="00407AAA"/>
     <w:rsid w:val="00421F68"/>
     <w:rsid w:val="004333FD"/>
     <w:rsid w:val="004342C3"/>
     <w:rsid w:val="00437BF4"/>
     <w:rsid w:val="00441FF2"/>
     <w:rsid w:val="00450DBC"/>
     <w:rsid w:val="00460F3E"/>
     <w:rsid w:val="00471560"/>
     <w:rsid w:val="00473D45"/>
     <w:rsid w:val="0047671D"/>
     <w:rsid w:val="004809EA"/>
     <w:rsid w:val="00490F55"/>
     <w:rsid w:val="00495C69"/>
+    <w:rsid w:val="004A17FC"/>
     <w:rsid w:val="004A1AEF"/>
     <w:rsid w:val="004B643A"/>
     <w:rsid w:val="004B6E24"/>
+    <w:rsid w:val="004C1270"/>
     <w:rsid w:val="004D1199"/>
     <w:rsid w:val="004D7DFC"/>
     <w:rsid w:val="004E06E6"/>
     <w:rsid w:val="004E268E"/>
     <w:rsid w:val="004E4288"/>
     <w:rsid w:val="004E58A2"/>
     <w:rsid w:val="004F3CA2"/>
     <w:rsid w:val="004F49D7"/>
     <w:rsid w:val="004F6C4C"/>
     <w:rsid w:val="00500C78"/>
     <w:rsid w:val="00510718"/>
     <w:rsid w:val="00511213"/>
     <w:rsid w:val="00514013"/>
     <w:rsid w:val="00515F8D"/>
     <w:rsid w:val="00522875"/>
     <w:rsid w:val="005233B7"/>
     <w:rsid w:val="00525459"/>
     <w:rsid w:val="005269B5"/>
     <w:rsid w:val="00542DDA"/>
     <w:rsid w:val="0055331A"/>
     <w:rsid w:val="00556D4E"/>
     <w:rsid w:val="0056521E"/>
     <w:rsid w:val="00566435"/>
     <w:rsid w:val="0056644A"/>
     <w:rsid w:val="0058117D"/>
     <w:rsid w:val="00583867"/>
     <w:rsid w:val="00587151"/>
     <w:rsid w:val="00587FBF"/>
     <w:rsid w:val="00590190"/>
     <w:rsid w:val="0059074F"/>
     <w:rsid w:val="00596A03"/>
     <w:rsid w:val="005A34D3"/>
     <w:rsid w:val="005A6B0D"/>
     <w:rsid w:val="005B124E"/>
     <w:rsid w:val="005B2D82"/>
     <w:rsid w:val="005B3BBE"/>
     <w:rsid w:val="005C2177"/>
     <w:rsid w:val="005C3DAC"/>
     <w:rsid w:val="005D14C9"/>
+    <w:rsid w:val="005D37CA"/>
     <w:rsid w:val="005E04FE"/>
     <w:rsid w:val="005F005E"/>
     <w:rsid w:val="005F01E9"/>
     <w:rsid w:val="005F35DC"/>
     <w:rsid w:val="005F59C1"/>
     <w:rsid w:val="00600515"/>
     <w:rsid w:val="00616581"/>
     <w:rsid w:val="006174CC"/>
     <w:rsid w:val="006216AF"/>
     <w:rsid w:val="00640ACD"/>
     <w:rsid w:val="006440D9"/>
     <w:rsid w:val="00647924"/>
     <w:rsid w:val="00655380"/>
     <w:rsid w:val="00657DC6"/>
     <w:rsid w:val="00661721"/>
     <w:rsid w:val="006748B8"/>
     <w:rsid w:val="00674A06"/>
     <w:rsid w:val="0067553E"/>
     <w:rsid w:val="00676125"/>
     <w:rsid w:val="006809E0"/>
     <w:rsid w:val="00682A78"/>
     <w:rsid w:val="00685A0D"/>
     <w:rsid w:val="006944F3"/>
     <w:rsid w:val="00694C88"/>
     <w:rsid w:val="006A010B"/>
     <w:rsid w:val="006B3FD1"/>
     <w:rsid w:val="006C4EB1"/>
     <w:rsid w:val="006D041C"/>
     <w:rsid w:val="006D6FCC"/>
     <w:rsid w:val="006E2DA2"/>
     <w:rsid w:val="006E627D"/>
     <w:rsid w:val="006F1AE6"/>
     <w:rsid w:val="006F3460"/>
+    <w:rsid w:val="007001F6"/>
     <w:rsid w:val="0070045A"/>
     <w:rsid w:val="007037F7"/>
     <w:rsid w:val="007077DC"/>
     <w:rsid w:val="00710F0E"/>
     <w:rsid w:val="0071179A"/>
     <w:rsid w:val="007129A5"/>
     <w:rsid w:val="00713F25"/>
     <w:rsid w:val="007143BC"/>
     <w:rsid w:val="0072380C"/>
     <w:rsid w:val="00735084"/>
     <w:rsid w:val="0073588D"/>
     <w:rsid w:val="00735F8C"/>
     <w:rsid w:val="007403FD"/>
     <w:rsid w:val="00746489"/>
+    <w:rsid w:val="0074740B"/>
     <w:rsid w:val="00747B03"/>
+    <w:rsid w:val="00752FEA"/>
     <w:rsid w:val="00756784"/>
     <w:rsid w:val="00756E74"/>
     <w:rsid w:val="00756FA2"/>
     <w:rsid w:val="007575CF"/>
+    <w:rsid w:val="007577B8"/>
     <w:rsid w:val="00765B6E"/>
     <w:rsid w:val="00767DED"/>
     <w:rsid w:val="00770AEE"/>
     <w:rsid w:val="00774E04"/>
     <w:rsid w:val="007774D6"/>
     <w:rsid w:val="007813A7"/>
     <w:rsid w:val="00784637"/>
     <w:rsid w:val="007861A3"/>
     <w:rsid w:val="00786994"/>
     <w:rsid w:val="007958E3"/>
     <w:rsid w:val="00796187"/>
     <w:rsid w:val="007A150F"/>
     <w:rsid w:val="007A2CFC"/>
     <w:rsid w:val="007B0339"/>
     <w:rsid w:val="007B2DC9"/>
+    <w:rsid w:val="007C2BB5"/>
     <w:rsid w:val="007D2412"/>
     <w:rsid w:val="007D65B9"/>
     <w:rsid w:val="007E0E44"/>
     <w:rsid w:val="007E3655"/>
     <w:rsid w:val="007F57EB"/>
     <w:rsid w:val="0080611C"/>
     <w:rsid w:val="0081279E"/>
     <w:rsid w:val="00814D44"/>
     <w:rsid w:val="008203B2"/>
     <w:rsid w:val="00820E0A"/>
     <w:rsid w:val="0082294D"/>
     <w:rsid w:val="00823673"/>
     <w:rsid w:val="00824498"/>
     <w:rsid w:val="00824871"/>
+    <w:rsid w:val="008253E4"/>
     <w:rsid w:val="00825447"/>
     <w:rsid w:val="00826D13"/>
+    <w:rsid w:val="00833D67"/>
     <w:rsid w:val="008354A8"/>
     <w:rsid w:val="00840DB1"/>
     <w:rsid w:val="008443E1"/>
     <w:rsid w:val="00845353"/>
     <w:rsid w:val="00845FA8"/>
     <w:rsid w:val="00850ADA"/>
     <w:rsid w:val="00850FF3"/>
     <w:rsid w:val="00854554"/>
     <w:rsid w:val="00856495"/>
     <w:rsid w:val="00856738"/>
     <w:rsid w:val="00857C71"/>
     <w:rsid w:val="00860EDE"/>
     <w:rsid w:val="00866E94"/>
     <w:rsid w:val="008747F3"/>
     <w:rsid w:val="008750D3"/>
     <w:rsid w:val="00895B02"/>
     <w:rsid w:val="008B6AC7"/>
     <w:rsid w:val="008C12D8"/>
     <w:rsid w:val="008C700D"/>
     <w:rsid w:val="008D26F6"/>
     <w:rsid w:val="008E0BC0"/>
     <w:rsid w:val="008F7BBF"/>
     <w:rsid w:val="0090501D"/>
     <w:rsid w:val="00906156"/>
     <w:rsid w:val="00910BE2"/>
@@ -7946,277 +8923,287 @@
     <w:rsid w:val="00983E89"/>
     <w:rsid w:val="00984D98"/>
     <w:rsid w:val="00986A59"/>
     <w:rsid w:val="00987717"/>
     <w:rsid w:val="00991D0F"/>
     <w:rsid w:val="009A0E86"/>
     <w:rsid w:val="009A5B6D"/>
     <w:rsid w:val="009A6981"/>
     <w:rsid w:val="009B25A7"/>
     <w:rsid w:val="009B2946"/>
     <w:rsid w:val="009B2F42"/>
     <w:rsid w:val="009B3784"/>
     <w:rsid w:val="009B4C2F"/>
     <w:rsid w:val="009B6EF2"/>
     <w:rsid w:val="009C49AA"/>
     <w:rsid w:val="009D0A17"/>
     <w:rsid w:val="009D4FDB"/>
     <w:rsid w:val="009E242B"/>
     <w:rsid w:val="009E4831"/>
     <w:rsid w:val="009F0F4D"/>
     <w:rsid w:val="009F71DA"/>
     <w:rsid w:val="00A00D69"/>
     <w:rsid w:val="00A104ED"/>
     <w:rsid w:val="00A13A14"/>
     <w:rsid w:val="00A14B4D"/>
+    <w:rsid w:val="00A17755"/>
     <w:rsid w:val="00A24C77"/>
     <w:rsid w:val="00A2552E"/>
     <w:rsid w:val="00A30562"/>
     <w:rsid w:val="00A32DB6"/>
     <w:rsid w:val="00A41519"/>
     <w:rsid w:val="00A42855"/>
     <w:rsid w:val="00A724BD"/>
     <w:rsid w:val="00A7670E"/>
     <w:rsid w:val="00A81647"/>
     <w:rsid w:val="00A85589"/>
     <w:rsid w:val="00A9056E"/>
     <w:rsid w:val="00A97005"/>
     <w:rsid w:val="00AA062B"/>
     <w:rsid w:val="00AA2968"/>
     <w:rsid w:val="00AA506B"/>
     <w:rsid w:val="00AA6A76"/>
     <w:rsid w:val="00AA6B4D"/>
     <w:rsid w:val="00AB53A1"/>
     <w:rsid w:val="00AE340A"/>
     <w:rsid w:val="00AE7801"/>
     <w:rsid w:val="00B05267"/>
     <w:rsid w:val="00B12AB9"/>
     <w:rsid w:val="00B147C4"/>
     <w:rsid w:val="00B15168"/>
     <w:rsid w:val="00B17B31"/>
     <w:rsid w:val="00B17BD0"/>
     <w:rsid w:val="00B17C09"/>
     <w:rsid w:val="00B202D8"/>
     <w:rsid w:val="00B30B19"/>
+    <w:rsid w:val="00B31A9F"/>
     <w:rsid w:val="00B31E6A"/>
     <w:rsid w:val="00B31E77"/>
     <w:rsid w:val="00B40AAE"/>
     <w:rsid w:val="00B413F3"/>
     <w:rsid w:val="00B50C4C"/>
+    <w:rsid w:val="00B52B8E"/>
     <w:rsid w:val="00B550DC"/>
     <w:rsid w:val="00B7134D"/>
     <w:rsid w:val="00B746BC"/>
     <w:rsid w:val="00B75F69"/>
     <w:rsid w:val="00B77CC6"/>
     <w:rsid w:val="00B80FE0"/>
     <w:rsid w:val="00B811D7"/>
     <w:rsid w:val="00B811F5"/>
     <w:rsid w:val="00B83C71"/>
     <w:rsid w:val="00B8521B"/>
     <w:rsid w:val="00B871E7"/>
     <w:rsid w:val="00B87518"/>
     <w:rsid w:val="00B939BC"/>
     <w:rsid w:val="00B941C6"/>
+    <w:rsid w:val="00B94B75"/>
     <w:rsid w:val="00B96158"/>
     <w:rsid w:val="00B97153"/>
     <w:rsid w:val="00B973FA"/>
+    <w:rsid w:val="00BA162C"/>
     <w:rsid w:val="00BA7A90"/>
     <w:rsid w:val="00BB6CFA"/>
     <w:rsid w:val="00BB7E78"/>
     <w:rsid w:val="00BC1A8E"/>
     <w:rsid w:val="00BC2F96"/>
     <w:rsid w:val="00BC3262"/>
     <w:rsid w:val="00BC5C97"/>
     <w:rsid w:val="00BE3F63"/>
     <w:rsid w:val="00BE555E"/>
     <w:rsid w:val="00BE558D"/>
     <w:rsid w:val="00BF04B1"/>
     <w:rsid w:val="00BF2CA3"/>
     <w:rsid w:val="00BF440C"/>
     <w:rsid w:val="00BF62DD"/>
     <w:rsid w:val="00C03F05"/>
     <w:rsid w:val="00C07E8C"/>
     <w:rsid w:val="00C1471F"/>
+    <w:rsid w:val="00C151B8"/>
     <w:rsid w:val="00C230CE"/>
     <w:rsid w:val="00C336D1"/>
     <w:rsid w:val="00C35EF4"/>
     <w:rsid w:val="00C360C4"/>
     <w:rsid w:val="00C4008B"/>
     <w:rsid w:val="00C41050"/>
     <w:rsid w:val="00C44517"/>
     <w:rsid w:val="00C46718"/>
     <w:rsid w:val="00C54E1F"/>
     <w:rsid w:val="00C55C4A"/>
     <w:rsid w:val="00C56CFD"/>
     <w:rsid w:val="00C57464"/>
     <w:rsid w:val="00C653D0"/>
     <w:rsid w:val="00C820EB"/>
     <w:rsid w:val="00C82F86"/>
     <w:rsid w:val="00C87FA0"/>
     <w:rsid w:val="00C90D17"/>
     <w:rsid w:val="00C915E5"/>
     <w:rsid w:val="00C92058"/>
     <w:rsid w:val="00C97BF4"/>
     <w:rsid w:val="00CA27CA"/>
     <w:rsid w:val="00CA724A"/>
     <w:rsid w:val="00CA7F54"/>
     <w:rsid w:val="00CB30F5"/>
     <w:rsid w:val="00CB33A5"/>
     <w:rsid w:val="00CB3DDE"/>
     <w:rsid w:val="00CC054F"/>
     <w:rsid w:val="00CC28C8"/>
     <w:rsid w:val="00CC5DF8"/>
     <w:rsid w:val="00CC7227"/>
     <w:rsid w:val="00CD0ADB"/>
     <w:rsid w:val="00CD1332"/>
     <w:rsid w:val="00CD1D4B"/>
     <w:rsid w:val="00CD3BA0"/>
     <w:rsid w:val="00CD7B50"/>
     <w:rsid w:val="00CE14D2"/>
     <w:rsid w:val="00CE280A"/>
     <w:rsid w:val="00CE462A"/>
     <w:rsid w:val="00CF1973"/>
     <w:rsid w:val="00CF370E"/>
     <w:rsid w:val="00CF7A39"/>
     <w:rsid w:val="00CF7CA4"/>
     <w:rsid w:val="00D03392"/>
     <w:rsid w:val="00D118DB"/>
+    <w:rsid w:val="00D131F4"/>
     <w:rsid w:val="00D20806"/>
     <w:rsid w:val="00D23BC1"/>
     <w:rsid w:val="00D2488E"/>
     <w:rsid w:val="00D43276"/>
     <w:rsid w:val="00D43AB0"/>
     <w:rsid w:val="00D52969"/>
     <w:rsid w:val="00D54A6B"/>
     <w:rsid w:val="00D5685E"/>
     <w:rsid w:val="00D630BF"/>
     <w:rsid w:val="00D71DB3"/>
     <w:rsid w:val="00D8104A"/>
     <w:rsid w:val="00D91AA0"/>
     <w:rsid w:val="00D95D74"/>
     <w:rsid w:val="00D96A1F"/>
     <w:rsid w:val="00DA34AE"/>
     <w:rsid w:val="00DB51DF"/>
     <w:rsid w:val="00DB526C"/>
     <w:rsid w:val="00DC02B7"/>
     <w:rsid w:val="00DC0E07"/>
     <w:rsid w:val="00DC5C92"/>
     <w:rsid w:val="00DD39EB"/>
     <w:rsid w:val="00DD4EF7"/>
     <w:rsid w:val="00DE29E8"/>
     <w:rsid w:val="00DE5E71"/>
     <w:rsid w:val="00DE6A8A"/>
     <w:rsid w:val="00DF0756"/>
     <w:rsid w:val="00E078BA"/>
     <w:rsid w:val="00E114FF"/>
     <w:rsid w:val="00E17764"/>
     <w:rsid w:val="00E22395"/>
     <w:rsid w:val="00E2350C"/>
+    <w:rsid w:val="00E253AD"/>
     <w:rsid w:val="00E33654"/>
     <w:rsid w:val="00E33AA3"/>
+    <w:rsid w:val="00E37870"/>
     <w:rsid w:val="00E4001C"/>
     <w:rsid w:val="00E44CC5"/>
     <w:rsid w:val="00E45F47"/>
     <w:rsid w:val="00E46520"/>
     <w:rsid w:val="00E469F5"/>
     <w:rsid w:val="00E51443"/>
     <w:rsid w:val="00E519AE"/>
     <w:rsid w:val="00E56BB6"/>
     <w:rsid w:val="00E70381"/>
     <w:rsid w:val="00E77571"/>
     <w:rsid w:val="00E813A8"/>
     <w:rsid w:val="00E875E9"/>
     <w:rsid w:val="00E90B2B"/>
     <w:rsid w:val="00E94104"/>
     <w:rsid w:val="00E96F22"/>
     <w:rsid w:val="00EA3F73"/>
     <w:rsid w:val="00EB2CA4"/>
     <w:rsid w:val="00EB583D"/>
     <w:rsid w:val="00EB5CCE"/>
     <w:rsid w:val="00EC1B9D"/>
     <w:rsid w:val="00EC5A99"/>
     <w:rsid w:val="00ED1EFF"/>
     <w:rsid w:val="00EE22E3"/>
     <w:rsid w:val="00EE36ED"/>
     <w:rsid w:val="00EE5359"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2D71"/>
     <w:rsid w:val="00EF6A93"/>
     <w:rsid w:val="00F04215"/>
     <w:rsid w:val="00F10859"/>
     <w:rsid w:val="00F110C6"/>
     <w:rsid w:val="00F12EF1"/>
     <w:rsid w:val="00F15801"/>
     <w:rsid w:val="00F2429B"/>
     <w:rsid w:val="00F272BA"/>
     <w:rsid w:val="00F373AC"/>
     <w:rsid w:val="00F446E1"/>
     <w:rsid w:val="00F447FE"/>
     <w:rsid w:val="00F61E3B"/>
     <w:rsid w:val="00F64C51"/>
     <w:rsid w:val="00F825A2"/>
     <w:rsid w:val="00F94AD7"/>
     <w:rsid w:val="00F96BD8"/>
     <w:rsid w:val="00FA0E06"/>
+    <w:rsid w:val="00FA73DA"/>
     <w:rsid w:val="00FA7E1E"/>
     <w:rsid w:val="00FB1471"/>
     <w:rsid w:val="00FB58E8"/>
     <w:rsid w:val="00FB69B1"/>
     <w:rsid w:val="00FC0979"/>
     <w:rsid w:val="00FD1F83"/>
     <w:rsid w:val="00FD6074"/>
     <w:rsid w:val="00FD695E"/>
     <w:rsid w:val="00FF35AA"/>
     <w:rsid w:val="00FF51F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6908A71A"/>
+  <w14:docId w14:val="4C47D477"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9E063C79-0825-460E-832C-4AF5D38503B1}"/>
+  <w15:docId w15:val="{D42CEEB3-F306-4EC2-8C82-0406FDC5E117}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8817,51 +9804,50 @@
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00895B02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="6A685E" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -9200,51 +10186,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CaptionChar"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006F1AE6"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figure">
     <w:name w:val="Figure"/>
     <w:basedOn w:val="Caption"/>
     <w:link w:val="FigureChar"/>
     <w:uiPriority w:val="8"/>
-    <w:qFormat/>
     <w:rsid w:val="0001255C"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CaptionChar">
     <w:name w:val="Caption Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Caption"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FigureChar">
     <w:name w:val="Figure Char"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:link w:val="Figure"/>
     <w:uiPriority w:val="8"/>
@@ -9376,53 +10361,54 @@
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="000C3F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00820E0A"/>
     <w:rPr>
       <w:color w:val="0070C0" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablenotes">
     <w:name w:val="Table_notes"/>
     <w:uiPriority w:val="12"/>
     <w:qFormat/>
-    <w:rsid w:val="006F3460"/>
+    <w:rsid w:val="00B52B8E"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00583867"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="26"/>
       </w:numPr>
       <w:ind w:left="641" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -9475,51 +10461,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1754164395">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/add-a-heading-in-a-word-document-3eb8b917-56dc-4a17-891a-a026b2c790f2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.55329/avnw4364" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-76505-7" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/17457300.2011.635213" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cmfclearinghouse.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ictct.net/wp-content/uploads/XX-Leidschendam-1982/Guttinger_1982.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/insert-a-table-a138f745-73ef-4879-b99a-2f3d38be612a" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ictct.net/wp-content/uploads/SMoS_Library/LIB_Hyden_1987.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/xxxx/xxxyyy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-76505-7_2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/write-an-equation-or-formula-1d01cabc-ceb1-458d-bc70-7f9737722702" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhwa.dot.gov/publications/research/safety/08051/08051.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/apply-or-remove-highlighting-1747d808-6db7-4d49-86ac-1f0c3cc87e2e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3789/ansi.niso.z39.104-2022" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-12529-9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/add-a-heading-in-a-word-document-3eb8b917-56dc-4a17-891a-a026b2c790f2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.erso.eu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-76505-7_2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.55329/avnw4364" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-12529-9" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/17457300.2011.635213" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/insert-a-table-a138f745-73ef-4879-b99a-2f3d38be612a" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-76505-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/xxxx/xxxyyy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ictct.net/wp-content/uploads/XX-Leidschendam-1982/Guttinger_1982.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cmfclearinghouse.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/write-an-equation-or-formula-1d01cabc-ceb1-458d-bc70-7f9737722702" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/apply-or-remove-highlighting-1747d808-6db7-4d49-86ac-1f0c3cc87e2e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3789/ansi.niso.z39.104-2022" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhwa.dot.gov/publications/research/safety/08051/08051.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ictct.net/wp-content/uploads/SMoS_Library/LIB_Hyden_1987.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Custom 4">
       <a:dk1>
         <a:srgbClr val="4D4C44"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="4D4C44"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="CBC5A9"/>
       </a:accent1>
@@ -9767,72 +10753,72 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D0A5014-C260-4F63-9BC9-E3D83F6DB39C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7aa68094-6104-41a6-b443-d4b52451f617}" enabled="0" method="" siteId="{7aa68094-6104-41a6-b443-d4b52451f617}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>TSR article template.dotx</Template>
+  <Template>TSR%20article%20template.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>13892</Characters>
+  <Pages>9</Pages>
+  <Words>2701</Words>
+  <Characters>19103</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>313</Lines>
-  <Paragraphs>203</Paragraphs>
+  <Lines>454</Lines>
+  <Paragraphs>294</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16114</CharactersWithSpaces>
+  <CharactersWithSpaces>21510</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aliaksei Laureshyn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>